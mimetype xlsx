--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/425/039.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/425/039.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, que verifique a possibilidade de regular a altura dos bancos nos pontos de ônibus mais novos que foram distribuídos pela Comec que estão fora do padrão. Esclarecemos que pode ser observado que em alguns pontos de ônibus, os tubos amarelos que servem como bancos estão em altura compatível permitindo o usuário sentar-se. No entanto, em diversos outros estão em altura incompatível, possibilitando apenas que o usuário use como encosto.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Elcio Josué Colaço</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/406/064.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/406/064.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal para que seja encaminhado ofício ao Deputado Federal Reinhold Stephanes Junior, solicitando incluir no Orçamento da União, previsão de recursos de R$ 500.000,00, para atender necessidade de recapeamento das Ruas Santa Catarina e Rio Grande do Sul, na Vila Militar._x000D_
 _x000D_
 Justificativa: Por solicitação da Comunidade da Vila Militar as referidas ruas apresentam calçamento com pedras irregulares, apresentando muitas imperfeições.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -422,68 +422,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/425/039.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/406/064.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/425/039.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/406/064.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="82.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="81.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>