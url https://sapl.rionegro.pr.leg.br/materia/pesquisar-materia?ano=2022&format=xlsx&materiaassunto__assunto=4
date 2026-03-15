--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -54,1954 +54,1954 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Maria Célia Conte, Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/451/001.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/451/001.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador e a Vereadora que a presente subscrevem, no uso de suas atribuições regimentais, vêm reiterar ao Executivo Municipal, em parte o pedido contido nas Indicações nº 380 e nº 381, datadas de 25.10.2021 de sua autoria, para que através do Setor Competente, sejam incluídas no Programa de Pavimentação Asfáltica, as ruas Henrique Lazarine e Jacob Maidl, Bairro Seminário, bem como, a Rua Wigand Paulo Henrique Wittig, Sítio dos Rauen._x000D_
 _x000D_
 _x000D_
 Justificativa: Verificamos que se tratam de Ruas de grande movimento e importância dentro da Localidade, acreditamos com isso, melhorar muito a parte de trafegabilidade e segurança como também a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/449/004.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/449/004.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vêm solicitar ao Executivo Municipal, que proceda a reforma do Ponto de ônibus localizado na rua Henrique Lazarine com a maior brevidade possível, considerando o início do ano letivo escolar.  _x000D_
 _x000D_
 Justificativa: O referido ponto de ônibus está em situação precária, com as telhas da cobertura que são em Eternit parcialmente quebradas e matagal invadindo o ponto gerando risco aos usuários.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Isabel Cristina Grossl</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/448/005.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/448/005.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, em parte o pedido contido na Indicação nº 387, datada de 16.11.2022 subscrita pelo Vereador João Alves, solicitando para que realize revitalização e reforma do banheiro público instalado dentro do Parque Infantil, situado na Praça João Pessoa, e readequação da estrutura da torneira que fornece água potável no local._x000D_
 _x000D_
 JUSTIFICATIVA: O referido banheiro é o único de uso público instalado no Bairro Centro em nosso Município, atende todas as famílias que levam suas crianças para brincar no Parque  Infantil, a população que frequenta as feiras municipais, e também as pessoas  que transitam pelo Centro da Cidade,  apesar de ter manutenção de limpeza diariamente   a  sua estrutura física encontra-se em situação precária, trazendo risco e desconforto para os usuários, conforme pode-se observar nas fotos anexadas a esta Indicação.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Marcelo Wotroba (UNIÃO BRASIL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/446/009.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/446/009.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam realizados os serviços de colocação de placas de sinalização e pintura das lombadas, no Distrito de Lageado dos Vieiras.  _x000D_
 _x000D_
 Justificativa: Tal pedido se justifica pois algumas placas indicativas estão faltando e a pintura sobre a lombada está apagada, o que pega o condutor que não está habituado com o local desprevenido.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Odair Pereira</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/445/010.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/445/010.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja incluída no Programa de Pavimentação Asfáltica, a Rua Rodolfo Alois Pfeffer, no Bairro Alto._x000D_
 _x000D_
 Justificativa: Verificamos “in loco” que se trata de uma rua de grande movimento e importância dentro do Bairro Alto, acreditamos com isso, melhorar muito a parte de trafegabilidade e segurança como também a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/</t>
   </si>
   <si>
     <t>A Indicação foi retirada pelo autor mesmo antes de dar entrada em plenário.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/443/012.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/443/012.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido nas Indicações nº 006, datada de 13.01.2021 e nº 311 datada de 09.08.2021 de sua autoria, solicitando para que através do Setor Competente, sejam incluídas no Programa de Pavimentação Asfáltica, as seguintes Ruas: _x000D_
 _x000D_
 - Rua da Colônia _x000D_
 - Rua Julio Paluch_x000D_
 _x000D_
 Justificativa: Verificamos que se trata de Ruas de grande movimento e importância dentro do Bairro Alto, acreditamos com isso, melhorar muito a parte de trafegabilidade e segurança como também a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/442/013.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/442/013.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido nas Indicações nº 003, datada de 12.01.2021 e nº 410, datada de 13.12.2021 de sua autoria e na Indicação nº 350, datada de 20.09.2021 do Vereador João Pedro de Amorim, solicitando para que através do Setor Competente, seja incluída no Programa de Pavimentação Asfáltica a Rua Pedro Ruthes, no Bairro Alto._x000D_
 _x000D_
  Justificativa: Verificamos “in loco” que a Rua em questão ainda não está asfaltada. Acreditamos que irá melhorar muito a parte de trafegabilidade e segurança como também a qualidade de vida daqueles moradores.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/441/014.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/441/014.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, em parte o pedido contido nas Indicações nº 062, datada de 04.02.2021 e nº 347, datada de 25.10.2021 de sua autoria, solicitando para que através do Setor Competente, seja incluído no programa de pavimentação asfáltica a Rua João Alípio, no Bairro Alto.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Elcio Josué Colaço</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/439/016.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/439/016.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através da Secretaria de Obras, para que seja feita a limpeza e instrumentalização de área ociosa na Vila Paraíso como área para prática de esporte._x000D_
 _x000D_
 Justificativa: Por solicitação da Comunidade e mobilização estamos sugerindo a limpeza de um terreno que se encontra a muitos anos sem manutenção, com matagal, trazendo um aspecto desagradável ao Bairro, além de abrigar bichos peçonhentos cobras, aranhas, baratas e ratos, transmissores de doenças, também servindo de depósitos de resíduos. Para proporcionarmos uma melhor qualidade de vida, aos moradores, estamos sugerindo a limpeza e instalação de um campinho para práticas esportivas. Localizado frente para rua Sta Catarina e a Rua Goiás.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/438/018.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/438/018.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através da Secretaria de Fazenda e Planejamento a Regulamentação do transporte remunerado privado individual de passageiros com uso de aplicativo de tecnologia de transporte no Município, com base nos artigos 11, 11-A, 11-B e 12 da Lei Federal 12.587/2012, estabelecendo regras e requisitos para exploração desta atividade.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_019.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_019.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja construída uma lombada no início da Localidade de Campina dos Martins._x000D_
 _x000D_
 Justificativa: Segundo moradores da região, a um tráfego intenso de caminhões, os quais passam muito rápido no local. Os moradores relatam que suas casas que ali estão construídas estão tendo problemas de rachaduras e eles sentem até mesmo o chão tremer quando esses caminhões estão passando por ali. Causando danos em suas residências, por esse fato pedem que essa lombada seja construída o quanto antes para evitar maiores danos.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>João Alves</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_no_022.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_no_022.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam realizados os seguintes serviços na Estrada Darci Braz de Oliveira, na Localidade da Fazendinha:_x000D_
 _x000D_
 - Acertar o espaço para a manobra dos ônibus escolar;_x000D_
 - Placas de sinalização para limite de velocidade;_x000D_
 - Placa especificando embarque escolar;_x000D_
 - Uma lombada._x000D_
 _x000D_
 _x000D_
 Justificativa: Todos os pedidos se justificam, pois nesse local há intenso movimento, e para a segurança de todos principalmente das crianças e dos motoristas.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_023.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_023.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado o serviço de pintura das faixas de pedestres, principalmente nas avenidas principais._x000D_
 _x000D_
 _x000D_
 Justificativa: Tal pedido se justifica pois a maioria das faixas de pedestres da Cidade estão com a pintura apagada, e muitas vezes os motoristas acabam não enxergando a faixa e passando sem dar atenção.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_025.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_025.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente seja feita a instalação de uma lombada física no início da Rua Prof. Luís José Lauer, próximo ao entroncamento com a Rua Jacob Fuchs.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Maria Célia Conte</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_027.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_027.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente sejam feitos os seguintes serviços no Posto de Saúde Estratégia da Família José Euclides de Oliveira Braz, da Localidade de Fazendinha:_x000D_
 - Limpeza; _x000D_
 - Corte de grama; _x000D_
 - Poda de árvores;_x000D_
 - Substituição da tela existente, por palito de concreto.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_028.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_028.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente seja construída uma sala de aula na Escola João Braz de Oliveira, na Localidade da Fazendinha._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica em razão de que há necessidade de mais uma sala de aula, pois o espaço está cada vez menor devido ao aumento de alunos frequentando a Escola.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_034.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_034.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente seja feita a realização de melhorias na Rua Antonio Marques, s/nº, principalmente até o acesso a Casa de Formação Cristã pertencente a Paróquia do Senhor Bom Jesus da Coluna, bem como em sua entrada, com a aplicação de material fresado a exemplo de outras ruas pelas adjacências. _x000D_
 _x000D_
 Justificativa: O Município realizou melhorias parciais na referida rua, necessitando que as mesmas sejam continuadas para facilitar o acesso até Casa de Formação, bem como sua entrada. A Referida Casa é utilizada para realização de eventos religiosos que recebem grupos de diversos Municípios, os referidos eventos contam com um grande número de participantes, trazendo para nosso Município um incremento na economia local, pois cada evento movimenta o comércio, além de trazer visibilidade para nosso Município como incremento ao turismo.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_035.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_035.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 389, datada de 16.11.2021 de sua autoria, solicitando para que seja feito refazimento do pavimento da Servidão, localizada na Rua Leonardo Arbigaus, ao lado do número 426.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_036.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_036.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que seja incluída no programa de pavimentação asfáltica a Rua Professora Ivone Ferreira, no Bairro Passa Três, neste Município. _x000D_
 _x000D_
 Justificativa: Por solicitação dos moradores da referida rua, tendo os mesmos já realizado abaixo assinado com adesão da maioria dos mesmos, considerando as ruas nas adjacências já estarem em sua maioria pavimentadas, pela referida via já contar com os serviços de infraestrutura de esgoto, e claro para melhorar a qualidade de vida de todos os moradores com a eliminação da lama na chuva e do pó nos dias secos.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_037.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_037.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 382, datada de 25.10.2021, de sua autoria, solicitando a instalação de um redutor de velocidade eletrônico ou faixa elevada no acesso para saídas de veículos da Prefeitura Municipal, sito a Rua Juvenal Ferreira Pinto.  _x000D_
  _x000D_
 Justificativa: Antes do referido acesso, existe uma curva, sentido centro-bairro, sendo que frequentemente diversos motoristas aplicam velocidades acima da tolerável para o local, onde já ocorreram diversos acidentes, inclusive com vítimas. Além disso, há insegurança tanto para quem utiliza o acesso de saída da Prefeitura, como para os muitos visitantes do parque, sendo necessário limitar a velocidade para o local visando à segurança de todos.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/423/041.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/423/041.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente sejam feitos os serviços de patrolamento na Estrada que liga a Fazendinha e Barra Grande, Estrada que vai até a Gruta da Santa Emília, Estrada da Santinha._x000D_
 _x000D_
 Justificativa: Devido às fortes chuvas dos últimos dias a Estrada ficou bastante danificada e tendo em vista que recebe muitos visitantes é importante fazer esses reparos.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Luis Boschetto (PSDB)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/419/048.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/419/048.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 414, datada de 20.12.2021, de sua autoria, solicitando que viabilize junto ao Setor Competente, estudos para a construção de lombadas na Rua Alfonso Nentwig, no Bairro Tijuco Preto._x000D_
 _x000D_
 Justificativa: Por ser uma Rua asfaltada recentemente, os motoristas não estão respeitando a velocidade e para evitar que venha a acontecer algum acidente estamos solicitando a construção de lombadas.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/418/049.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/418/049.2022.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/417/050.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/417/050.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 029, datada de 21/01/2021, subscrita pelo Vereador Luis Boschetto, solicitando estudos para estender à Comunidade do Cunhupã, o abastecimento de água do poço artesiano instalado junto à Escola Municipal Eraldo Germano Plautz.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>João Pedro de Amorim (PP)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/416/051.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/416/051.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 240, datada de 26.04.2021 de sua autoria, solicitando para que através do Setor Competente sejam feitos os seguintes serviços na Rua Ignácio Schelbauer, no Bairro Passo do Valo:_x000D_
 _x000D_
 - Limpeza das calçadas da residência de nº 1035 até a entrada da casa do Sr. Orlando Fuchs;_x000D_
 - Lombada entre a casa da esquina e a casa de nº 1035.região não tem iluminação necessária para quem transita nessa Estrada.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/415/052.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/415/052.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através da Secretaria de Obras, a colocação de hastes com as lâmpadas nos postes, situados na Estrada Geral da Localidade do Retiro Bonito, a partir da casa do Senhor Jaime Veiga, até as proximidades da Capela._x000D_
 _x000D_
 Justificativa: Tal pedido se faz necessário, pois na região não tem iluminação necessária para quem transita nessa Estrada.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/414/053.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/414/053.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, realize o serviço de alargamento da Rua João Alípio no Bairro Alto, a partir da residência de nº 1.115 até a antiga fábrica do Sr. Luis Vidal._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica em razão do grande fluxo de carros e até mesmo ônibus que ali trafegam, gerando muitas vezes transtornos para motoristas e pedestres por ser uma rua estreita.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Isabel Cristina Grossl, Luis Boschetto (PSDB)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/413/054.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/413/054.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora e o Vereador que a presente subscrevem, no uso de suas atribuições regimentais, vêm solicitar ao Executivo Municipal, para que através do Setor Competente seja realizada avaliação das tubulações de escoamento das águas pluviais na Rua Ildefonso Camargo de Melo, com as Ruas José Nacle Gibran e José Pedro Grein, nas proximidades da Praça Weber na conhecida baixada do Detran.  Avaliação e limpeza de todos os bueiros que existem ao entorno das referidas ruas, posteriormente a realização de projeto e orçamento para que sejam realizadas melhorias definitivas no local com a construção de novas galerias, do que após concluídos os projetos a Vereadora e o Vereador que a presente subscrevem se unirão ao Executivo Municipal para pleitear verbas com os Governos Federal e/ou Estadual.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/411/056.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/411/056.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que sejam observadas as rampas de acesso nas calçadas para acessibilidade das pessoas com mobilidade reduzida, conforme estabelece a legislação vigente e a NBR 9050/20, dentro do Projeto de Revitalização no Anel Central do Centro da Cidade._x000D_
 _x000D_
 Justificativa: Pode ser observado que diversas calçadas no Centro da Cidade não possuem as rampas de acessibilidade ou estão em desconformidade com as normas legais e técnicas vigentes, dificultando assim o deslocamento das pessoas que possuem algum tipo de redução em sua capacidade de locomoção.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/407/063.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/407/063.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente seja realizada a revitalização e reforma do espaço de lazer e caminhada, situado na Avenida Rio de Janeiro, neste Município, espaço conhecido como “beira rio” o calçamento em Petit Pavet está praticamente tomado pela grama e areia, a pista de caminhada precisa ser revitalizada e construído muro de arrimo para que a mesma volte a estar completa, as floreiras e bancos estão danificados, bem como as luminárias.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/405/065.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/405/065.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 110, datada de 18/02/2021, de sua autoria, solicitando ao Executivo Municipal, através da Secretaria de Obras para desenvolver e incluir no programa de pavimentação asfáltica as ruas Nelson Guerber, Antonio Schelbauer, José Weber, Leônidas Ribeiro da Silva, Elza Lopes e Prof. Pedro José da Cunha, todas do Bairro Vila Zelinda._x000D_
 _x000D_
 Justificativa: Reiterar solicitação anterior deste Edil, a mesma já foi reivindicada em período anterior, pois a comunidade vem pleiteando a bastante tempo melhoria na infraestrutura do referido Bairro. Por se tratar de área de interesse social, sugerimos a possibilidade de que seja sem custo para os moradores beneficiados.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/404/066.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/404/066.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente sejam feitos os serviços de limpeza de terreno situado na Rua Vereador Paulo Nehls, em frente à casa de nº 244, no Bairro Campo do Gado._x000D_
 _x000D_
 Justificativa: Esse terreno possui uma casa que está sendo usada por pessoas que fazem uso de drogas como álcool e outras, as quais estão deixando os moradores com muito medo.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/400/072.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/400/072.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Senhor Prefeito Municipal, para que através do Setor Competente, viabilize estudos para a implantação de pontos de ônibus na Localidade do Cunhupã entre a residência da família dos Elias e o Posto de Saúde._x000D_
 _x000D_
 Justificativa: 	Tem muitas crianças da Localidade que esperam ônibus nesse trecho do Cunhupã, e em dias de muito sol e chuva há grande dificuldade para eles ficarem aguardando o ônibus. Por isso se faz necessário o quanto antes a construção de pontos nesse local.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/397/075.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/397/075.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, para que seja realizado estudo no sentido de proceder alteração para mão única de direção a Rua Frei João Clímaco Steinhoff, no Bairro Bom Jesus, iniciando o sentido de trânsito na Av. Afonso Petschow até o encontro com a Rua José Wamzer.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/393/079.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/393/079.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que sejam realizados os serviços de patrolamento e cascalhamento da Estrada Principal da Localidade de Sítio dos Valérios. _x000D_
 _x000D_
 Justificativa: Devido ao período de chuvas a referida Estrada está em situação precária, dificultando a trafegabilidade e escoamento da produção agrícola.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/392/080.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/392/080.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que seja construída calçada entre as ruas Jornalista Vitor Hugo Gonçalves e Antonio José Correa. _x000D_
 _x000D_
 Justificativa: Em razão de não haver calçadas no local, os alunos que saem do Colégio Sesi acabam por utilizar a rua para transitarem a pé no local, colocando em risco a segurança devido ao intenso movimento de veículos.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/391/081.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/391/081.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através da Secretaria de Obras, os serviços de patrolamento e retoques com pedras de revestimento primário, em alguns trechos da Estrada que liga Rio Negro ao Distrito do Lageado dos Vierias, através das Comunidades do Passo do Valo, Sítio dos Valérios, Campina dos Martins e Lageado dos Cordeiros.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/390/082.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/390/082.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que proceda a melhoria nas galerias de captação das águas pluviais, situadas na Rua Jacob Fuchs, em frente ao nº 625, no Bairro Bom Jesus. _x000D_
 _x000D_
 Justificativa: Em dias de chuva, as casas situadas na referida rua, em especial a situada no nº 625, bem como a casa dos vizinhos, são tomadas pelas águas que não são escoadas pelo sistema de bueiros, causando transtornos e prejuízos aos moradores. Destaco ainda que no local funciona inclusive um comércio.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/389/083.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/389/083.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, a colocação de material fresado na Rua Camarista João Hirt, no Bairro Passa Três._x000D_
 _x000D_
 Justificativa: Verificamos que se trata de rua de grande movimento e importância dentro do Bairro Passa Três, onde inclusive está se instalando um loteamento situado cerca de 200 metros após a ponte. Com a colocação do material fresado na referida rua, enquanto não houver a pavimentação a qual já está no plano de Governo, irá melhorar a trafegabilidade e estimulará os investimentos imobiliários no local.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/388/084.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/388/084.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, estudos para a criação de cursos de especialização para médicos, enfermeiros e funcionários em geral da Saúde, do Distrito do Lageado dos Vieiras. _x000D_
 _x000D_
 Justificativa: Oferecer a oportunidade de capacitação para todos os funcionários, pensando no desenvolvimento e nas melhorias na área da saúde.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/387/085.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/387/085.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, para que seja realizada a manutenção do telhado do Posto de Saúde do Distrito do Lageado dos Vieiras._x000D_
 _x000D_
 Justificativa: O pedido se justifica pois o telhado está em estado precário, necessitando urgente a troca tanto do madeiramento como das telhas. No posto tem grande movimento de moradores que ali residem na região, sendo assim essa manutenção seria de grande importância.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Elcio Josué Colaço, Isabel Cristina Grossl, João Alves, João Pedro de Amorim (PP), Luis Boschetto (PSDB), Marcelo Wotroba (UNIÃO BRASIL), Maria Célia Conte, Odair Pereira, Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/385/087.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/385/087.2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e as Vereadoras que a presente subscrevem, no uso de suas atribuições regimentais, vêm reiterar ao Executivo Municipal, o pedido contido na Indicação n° 042, datada de 29.01.2021, de autoria do Vereador Ricardo Gonçalves Furquim, solicitando para que realize estudos sobre a viabilidade de recapeamento da Rua Maximiano Pfeffer, entre o trevo do Sesi/Senai até a Ponte do rio Passa Três.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/384/088.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/384/088.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através da Secretaria de Obras, os serviços de manutenção, substituição ou retirada de alguns equipamentos das Academias que se encontram avariados._x000D_
 _x000D_
 Justificativa: Ao visitar algumas Academias ao Ar Livre, constatei alguns equipamentos quebrados, ou por vandalismo ou mau uso, e também fadigados pelo tempo. Para melhor servir aos usuários de práticas esportivas, sugerimos que seja efetuada tais melhorias.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/379/093.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/379/093.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, providencie uma cobertura no Posto de Saúde Ayres Hirt, no Bairro Alto, para que as pessoas possam ficar protegidas até serem atendidas._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica em razão de que crianças, adultos e idosos, ficam expostos no tempo em dia de chuva e frio, aguardando serem atendidos, devido ao portão ficar fechado. Ou como outra alternativa seria algum responsável abrir o portão para que todos possam aguardar pro lado de dentro do posto.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/378/094.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/378/094.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, viabilize estudos para a implantação de um ponto de ônibus coberto na Rua José Schelbauer Sobrinho, no Birro Alto em frente a Mercearia Schafacheck e Assembleia de Deus._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica em razão de que os moradores esperam o ônibus no local, e com o tempo chuvoso, ou até de muito sol, acabam sofrendo com a espera.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/377/095.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/377/095.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, para que sejam realizados estudos das condições do Pontilhão sob o córrego situado na Rua Vereador Pedro Train, no Bairro Estação Nova._x000D_
 _x000D_
 Justificativa: O pedido se justifica em razão de que o pontilhão está em estado precário, apresentando danificações e causando riscos a quem por ele trafega.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/376/096.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/376/096.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador Ricardo Gonçalves Furquim que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, inclua no Programa de Pavimentação, a Rua Miguel Valério, no Bairro Industrial. _x000D_
  _x000D_
 Justificativa: A referida rua possui um fluxo intenso de veículos e pedestres. Além de diversos moradores na região, existem duas empresas logo no início da rua, Flagra Chopp e JT Móveis, destacando que a fábrica de móveis realiza pintura de sua produção e em dias muito secos o pó prejudica o trabalho da empresa. Com a pavimentação da referida rua, ainda que parte dela entre no programa de pavimentação do Município, melhorará a trafegabilidade, o acesso e a boa impressão do grande número de pessoas que frequentam o Flagra Chopp, além de melhorar as condições de trabalho da Fábrica de móveis, estimulando os investimentos no local.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/375/097.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/375/097.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos os serviços de patrolamento, empedramento e manilhamento em alguns pontos da Estrada Principal da Roseira, conhecida como Rota Alternativa._x000D_
 _x000D_
 Justificativa: Tal pedido está sendo feito, pois nesse local trafega muitos motoristas e pedestres, e a estrada está com grandes problemas de trafegabilidade, muitos moradores estão reclamando pois dependem dessa estrada para se deslocarem.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/374/098.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/374/098.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos os serviços de patrolamento e empedramento na Estrada que dá acesso a Igreja Católica Santo Antônio, na Localidade da Roseira._x000D_
 _x000D_
 Justificativa: Em conversa com moradores da região os mesmos relataram que a estrada está em péssimas condições e que haverá uma festa nessa referida Igreja nos próximos dias, sendo muito importante realizar esses serviços para os moradores e para quem ali passar nos próximos dias.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/373/099.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/373/099.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos os serviços de patrolamento e empedramento em alguns pontos mais críticos no início da Localidade do Sitio dos Rauen até a Fazendinha._x000D_
 _x000D_
 Justificativa: Em visita a esses locais, vários moradores solicitaram tais providências, visando melhorar a circulação tanto de veículos como de pedestres. Para tanto é necessário o empedramento para que os moradores e motoristas possam utilizar esse caminho com maior segurança e comodidade.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/372/100.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/372/100.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente seja realizada a construção de um bueiro próximo a Gruta da Santa Emília, Estrada da Santinha._x000D_
 _x000D_
 Justificativa: O pedido se faz necessário, pois nas proximidades está sendo realizado a retirada de madeira, assim como a moradores que residem próximos e por se tratar de um local onde recebe visitantes, a falta desse bueiro está oferecendo riscos a todos que ali trafegam.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/371/101.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/371/101.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, para que seja canalizado o córrego que passa na Rua Regina Kuchiminski Pereira, no Bairro Alto._x000D_
 _x000D_
 Justificativa: O córrego, ou canaleta fluvial está aberto, toda água escorre e para nesta canaleta. Em dias de calor os moradores não conseguem aguentar o mal cheiro vindo desse córrego, e existe uma grande preocupação também devido ao foco da dengue.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/367/105.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/367/105.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja incluída no rol de ruas a serem pavimentadas nas próximas etapas a serem executadas a Rua Marcirio Tadeu Fernandes, na Vila Jardim Zelinda._x000D_
 _x000D_
 Justificativa: Por solicitação dos moradores da referida rua, considerando as ruas nas adjacências já estarem em sua maioria pavimentadas, e para melhorar a qualidade de vida de todos os moradores com a eliminação do pó nos dias secos e da lama nos dias de chuva.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/228/107.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/228/107.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 008, datada de 25.01.2021 de sua autoria, solicitando para que através do Setor Competente promova estudos para a construção de um Parque Esportivo no Bairro Alto, entre as Ruas José Schelbauer Sobrinho e Francisco Rankel.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/227/108.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/227/108.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 058, datada de 04.02.2021 de sua autoria, para que através do Setor Competente, seja feito um Parque Infantil junto a Academia ao Ar Livre “Waldemiro Maurer”, na Vila Zelinda._x000D_
 _x000D_
 Justificativa: Constatamos “in loco”, que a Academia ao Ar Livre da Vila Zelinda, possui espaço suficiente para a construção de um parque infantil e seria muito útil para que as crianças que acompanham os usuários da academia possam brincar e aproveitar o tempo.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/226/109.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/226/109.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 064, datada de 04.02.2021 de sua autoria, para que através do Setor Competente, a construção de um barracão pré-moldado junto a Associação Comunitária do Bairro Alto.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/223/111.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/223/111.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar à Mesa Diretora dessa Casa de Leis, para que seja encaminhado Ofício à Empresa Autopista Planalto Sul, solicitando a construção de uma Trincheira na Rua Jorge Wiesenthal ligando com a Rua João Nepumoceno Camargo Madeira, no Bairro Bom Jesus, entre as marginais Av. Gal. Plínio Tourinho e Av. Afonso Petschow._x000D_
 _x000D_
 Justificativa: Devido a vários moradores da região usarem esse local para acesso a Igreja, Escola, Posto de Saúde e Creche, solicito tal providência para maior segurança de todos, por se tratar de um local de intenso movimento e difícil acesso.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/219/115.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/219/115.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que viabilize junto a Secretaria de Obras e Serviços Urbanos, os serviços de material fresado e calçadas em pelo menos um lado das seguintes Ruas do Bairro Seminário:_x000D_
 _x000D_
 - Rua Marta Schelbauer Groh;_x000D_
 - Rua José Lazarini;_x000D_
 - Rua Kuniberto Kolb;_x000D_
 - Rua Ernesto Waldemar Zimermann;_x000D_
 - Rua José Rankel.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/218/116.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/218/116.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 368, datada de 18.10.2021 subscrita pela Vereadora Maria Célia Conte, solicitando para que através do Setor Competente sejam feitos com urgência os serviços de patrolamento e empedramento na Rua Fermino Walter, na Localidade da Campina dos Andrades._x000D_
  _x000D_
 _x000D_
 Justificativa: Tal pedido se justifica, pois a mesma encontra-se em condições precárias de tráfego.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/215/118.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/215/118.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que viabilize estudos junto ao Setor Competente para a construção de um barracão, na Rua Osvaldo Grein, próximo ao Centro da Juventude no Bairro Alto, barracão este que será para sediar mais uma Associação para o Bairro._x000D_
 _x000D_
 Justificativa: Em conversa com os moradores muitos relatam a necessidade de mais uma Associação nas proximidades, pois há outras porém mais distantes, não favorecendo principalmente as pessoas de mais idade que querem participar de eventos que muitas vezes poderiam ser feitos em um ponto mais estratégico para todos do Bairro. No próprio terreno do Centro da Juventude há um espaço que poderia ser divido para a construção da Associação.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/214/119.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/214/119.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 150, datada de 02.03.2021, de sua autoria, solicitando para que através do Setor Competente, seja instalado um parque infantil junto a Academia ao Ar Livre “Valdemar Ferreira Terres”, na Localidade da Fazendinha II. _x000D_
 _x000D_
 Justificativa: Os moradores da Comunidade da Fazendinha II solicitaram a instalação de um parque infantil junto a Academia ao Ar Livre para que as crianças que acompanham os adultos tenham um espaço próprio para brincarem enquanto aguardam, aproveitando o tempo.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/212/120.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/212/120.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 154, datada de 02.03.2021, de sua autoria, solicitando para que viabilize junto a Secretaria de Obras e Serviços Urbanos, quando da instalação do novo Loteamento no Bairro Alto, que seja feito uma exigência da construção de um campo de futebol no local.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/211/121.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/211/121.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 155, datada de 02.03.2021, de sua autoria, solicitando para que realize os serviços de limpeza, manutenção e restauração dos brinquedos no parque existente ao lado da caixa d’água do Bairro Alto.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_no_122.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_no_122.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 137, datada de 01.03.2021, de sua autoria, solicitando para que realize o alargamento da Estrada que dá acesso a Fazendinha II, bem como a Estrada Secundária que dá acesso a Igreja da Fazendinha I._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica em razão de que muitas vezes o ônibus escolar e outros veículos tem que voltar vários metros até achar uma entrada, pois não tem como passar dois veículos grandes ao mesmo tempo.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_no_124.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_no_124.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, proceda a reforma do ponto de ônibus localizado na Localidade de Queimados, a qual dá acesso ao Laranjal._x000D_
 _x000D_
 Justificativa: Nesse ponto de ônibus há várias crianças que esperam o ônibus para ir até a Escola Ana Schelbauer, porém esse ponto está em situação precária, até mesmo está sendo escorado com um galho de eucalipto, trazendo um risco enorme às crianças.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_no_126.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_no_126.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente sejam feitos os serviços de patrolamento, empedramento, rampeamento e corte de galhos na entrada da Fazendinha II até a Barra Grande._x000D_
 _x000D_
 Justificativa: Vários moradores solicitaram tais providências, visando melhorar a circulação tanto de veículos como de pedestres. Para tanto é necessário o patrolamento e empedramento e corte de galhos devido a ventania está estreitando a Estrada e para que os moradores e motoristas possam utilizar esse caminho com maior segurança e comodidade.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/205/indicacao_no_127.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/205/indicacao_no_127.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos os serviços de limpeza nas calçadas na Rua Gustavo Francisco Alves na Localidade da Roseira._x000D_
 _x000D_
 Justificativa: Tal pedido está sendo feito, pois as calçadas estão sendo invadidas pelo mato, não sendo possível utilizar as mesmas para trafegar, como mostram as fotos em anexo a esta solicitação.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/204/indicacao_no_128.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/204/indicacao_no_128.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado o conserto de um buraco que foi causado devido a um deslizamento de terra no trevo da Fazendinha entrando para a Barra Grande._x000D_
 _x000D_
 Justificativa: Verificamos “in loco” que se trata de uma estrada de grande movimento de carros, motoristas de linhas escolares e caminhões de pinus e como podemos verificar nas fotos em anexo esse buraco traz grandes riscos aos motoristas que ali fazem seu percurso diariamente, sendo necessário com urgência o conserto do mesmo.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/196/indicacao_no_130.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/196/indicacao_no_130.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja instalado um parque infantil junto a Academia ao Ar Livre “Hipólito Valério”, no Bairro Alto. _x000D_
 _x000D_
 Justificativa: Os moradores do Bairro solicitaram a instalação do parque infantil junto a Academia ao Ar Livre para que as crianças que acompanham os adultos tenham um espaço próprio para brincarem enquanto aguardam, aproveitando o tempo.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/195/indicacao_no_131.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/195/indicacao_no_131.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, viabilize estudos para a instalação de um Campo de Futebol nos moldes do projeto “Meu Campinho em Rio Negro” no final da Rua José Schelbauer Sobrinho, no Bairro Alto._x000D_
 _x000D_
 Justificativa: Atendendo a solicitação da população do Bairro Alto, sugere-se a instalação de um campo de futebol, podendo ser através do “Projeto Meu Campinho em Rio Negro”, convênio assinado entre o Município e a Secretaria de Desenvolvimento Urbano - SEDU.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Elcio Josué Colaço, Isabel Cristina Grossl, João Alves, João Pedro de Amorim (PP), Marcelo Wotroba (UNIÃO BRASIL), Maria Célia Conte, Odair Pereira, Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/194/indicacao_no_132.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/194/indicacao_no_132.2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e as Vereadoras que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que sejam feitos com urgência os serviços de reparos da cobertura da Escola Municipal Ana Zornig que apresenta muitas goteiras em períodos de chuva, tendo se agravado após as duas últimas chuvas de granizo._x000D_
 _x000D_
 Justificativa: Diversos pais de alunos que frequentam a Escola estão preocupados com a situação da cobertura da Escola, principalmente após a ocorrência das últimas chuvas em nossa Cidade. Diversas salas ficaram alagadas, obrigando professores e alunos continuarem as aulas na quadra da Escola, pois não tinham condições em continuarem nas salas.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/192/indicacao_no_134.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/192/indicacao_no_134.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos estudos de viabilidade para a construção de uma lombada elevada na Rua Dr. Vicente Machado nas proximidades do Banco do Brasil. _x000D_
 _x000D_
 Justificativa: Tal pedido está sendo feito, para evitar acidentes que estão ocorrendo com frequência, devido nessa rua haver intenso movimento de motoristas e pedestres e também por ser um local com bastante comércio, Bancos e outras instituições de grande procura da população.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/191/indicacao_no_135.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/191/indicacao_no_135.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 385, datada de 09.11.2021, de sua autoria, solicitando ao Setor Responsável que sejam feitos alguns serviços na Rua São Judas Tadeu, no Bairro São Judas Tadeu._x000D_
 _x000D_
 - Correção de Boca de Lobo;_x000D_
 - Recapeamento asfáltico.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/190/136.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/190/136.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado o conserto de todos os pontos de ônibus na Localidade da Roseira._x000D_
 _x000D_
 Justificativa: Os referidos pontos de ônibus estão em situação precária, com as telhas da cobertura que são em Eternit parcialmente quebradas e os bancos caindo devido as hastes que sustentam estarem se deteriorando.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/189/indicacao_no_137.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/189/indicacao_no_137.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja feita a colocação de lajotas na Rua Francisco Rankel, nº 115 em frente ao campinho do Bairro Alto._x000D_
 _x000D_
 Justificativa: A solicitação está sendo feita pelos moradores, pois nesse local a uma subida muito íngreme, fazendo com que os motoristas patinem não conseguindo subir.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/188/indicacao_no_138.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/188/indicacao_no_138.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja construída uma lombada na Rua Leônidas Garcia, em frente à residência de n° 117, no Bairro Seminário._x000D_
 _x000D_
 Justificativa: Segundo moradores da região, a estrada teve melhorias e por isso os carros estão passando em alta velocidade, a mesma também é uma estrada estreita o qual o risco é muito maior para quem trafega a pé na estrada.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/187/indicacao_no_139.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/187/indicacao_no_139.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente sejam feitos os serviços de patrolamento e empedramento na Rua Izaura Albino, no Bairro Alto._x000D_
 _x000D_
 Justificativa: O pedido foi feito pela moradora Marcia Aparecida Cardoso, visando melhorar a circulação tanto de veículos como de pedestres. Hoje o acesso de saída das residências está muito difícil para eles, muitas vezes não conseguindo sair de casa para se deslocarem ao seu trabalho.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/186/indicacao_no_140.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/186/indicacao_no_140.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 001, datada de 03.02.2022, de sua autoria e da Vereadora Maria Célia Conte, para que através do Setor Competente, enquanto não é viabilizada a pavimentação da Rua Jacob Maidl, no Bairro Seminário, solicito que providencie a manutenção da referida rua. _x000D_
 _x000D_
 Justificativa: Devido ao intenso tráfego de veículos e ao período de chuvas a rua encontra-se em situação precária com muitos buracos e algumas valetas que aumentaram ao longo da rua deixando o tráfego difícil e perigoso.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_no_141.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_no_141.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizada operação tapa buracos na Rua Vereador Alfonso Nentwig, Bairro Tijuco Preto._x000D_
 Justificativa: Com as últimas chuvas ocorridas no Munícipio, a rua ficou com grandes dificuldades de tráfego, a qual é uma via de intenso movimento de caminhões e também dá acesso a Casas, Igrejas e a outras Localidades.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_no_145.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_no_145.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente recomende que as obras de recuperação da Escola Municipal Tia Apolônia sejam tratadas com prioridade, uma vez que após o último temporal a ala do refeitório, cozinha e algumas salas ficaram bastante danificadas, também solicita a viabilidade de incluir no rol de obras a serem executadas ainda este ano o fechamento do “Pré Moldado, instalado na Escola.  O Espaço onde está instalado o Pré Moldado é utilizado para atividades externas e de Educação Física, porém em dias chuvosos ou de muito frio, fica inviável a utilização do mesmo, considerando ser totalmente aberto e a referida escola não contar com outro espaço para estas atividades.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_147.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_147.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que atualize o sistema de monitoramento eletrônico no Distrito do Lageado dos Vieiras e instale câmeras de segurança na Localidade da Fazendinha. Em relação ao Lageado dos Vieiras sugere estudos para a instalação de monitoramento do acesso a Rio Negrinho, Piên e Cunhupã ou em outros pontos estratégicos que a administração julgue conveniente._x000D_
 _x000D_
 Justificativa: Importante que seja ampliado o sistema de monitoramento eletrônico que visa coibir eventuais ações criminosas bem como auxiliar a polícia nas investigações de crimes.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_148.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_148.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos estudos para instalação de câmeras de monitoramento na Escola José de Lima, na Localidade da Roseira._x000D_
 _x000D_
 Justificativa: Esta providência tem sido uma solicitação de vários munícipes e tem por objetivo melhorar a segurança da Escola, pois a mesma está sofrendo com roubos. Ao lado da Escola também tem uma academia ao ar livre a qual está sendo também alvo de vandalismo.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_149.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_149.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar o pedido contido na indicação nº 091, datada de 05.02.2021, de sua autoria solicitando ao Executivo Municipal, para que seja incluído no programa de pavimentação asfáltica e recapeamento sobre pedras irregulares a Rua Dr. Pacheco, entre as Ruas Barão do Rio Branco e Rua Ovande do Amaral, no Centro da Cidade._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica em função de que essa rua com trecho pequeno (apenas uma quadra), situada entre as Ruas Barão do Rio Branco e a Rua Ovande do Amaral, o que baratearia o custo e por estar localizada bem no Centro da Cidade, onde as demais ruas já estão asfaltadas, faltando somente essa quadra, melhorando a qualidade de vida de todos os moradores. Esse pedido já foi reivindicado pela comunidade na Gestão anterior, trata se também de uma rua que sempre necessita de limpeza, pois os matos crescem entre os paralelepípedos.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_155.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_155.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, proceda sobre a Reforma na cobertura do Toldo da Unidade Básica Estratégia Saúde Familiar Dr. Synesio José de Almeida Becker, no Bairro Centro, e se possível aumentar o espaço utilizado para os pacientes._x000D_
 _x000D_
 Justificativa: A má conservação da cobertura do toldo traz uma série de problemas, como exposição da população e servidores às intempéries, prejudicando os serviços prestados no local. A reforma garantirá maior segurança e conforto a quem utiliza a Unidade de saúde (Fotos em anexo).</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_156.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_156.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, para que seja realizada a criação e adequação de números prediais no Distrito do Lageado dos Vieiras._x000D_
 _x000D_
 Justificativa: O pedido se justifica pois iria facilitar principalmente o envio de correspondências até esses locais que hoje se encontram sem números.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_157.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_157.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, proceda o conserto do ponto de ônibus localizado ao lado da Capela na Localidade da Fazendinha II._x000D_
 _x000D_
 Justificativa:  O referido ponto está em situação precária necessitando o quanto antes de melhorias para as pessoas que utilizam diariamente o mesmo.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_159.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_159.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja feita a utilização de lajotas que estão sendo substituídas por asfaltamento, na Rua Maximiano Pfeffer para calçar o trecho entre as Ruas Goiás e Mato Grosso, na Vila Paraíso, final da Rua Santa Catarina._x000D_
 _x000D_
 Justificativa: Por solicitação de moradores que reivindicam tal benfeitoria, devido à pouca manutenção realizada por esta Secretaria há muitos buracos, poeira e barro em épocas de chuva e também por ser o único trecho na região central sem nenhum tipo de revestimento. Sugerimos calçamento com lajotas para reaproveitamento das mesmas e baratear os custos. Também por se tratar de área que sofre periodicamente com alagamento, o que deteriora outro tipo de pavimentação.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_160.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_160.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado patrolamento e reposição de revestimento com pedras irregulares no trecho da Rua Rio de Janeiro em frente a propriedade do Sr. Jerssi e Leone Delponte._x000D_
 _x000D_
 Justificativa: Por solicitação dos moradores, estamos reivindicando manutenção da via com restauração de pedras irregulares e patrolamento, e também retirar pedras depositadas que estão atrapalhando o fluxo de movimento na rua.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_161.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_161.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizada a instalação de cancelas na Rua da Pirambeira._x000D_
 _x000D_
 Justificativa: Por solicitação de munícipes que moram na comunidade, os quais reivindicaram que seja limitado o tráfego de caminhões, ônibus e até mesmo os caminhões do 5° RCC, os quais tem uma largura além do normal, e a via é estreita, além de estar causando muitas avarias na mesma.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_163.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_163.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, solicitando para que sejam feitos os seguintes serviços junto a academia ao ar livre de nome Dilceu Borba e também no parque infantil localizado na Rua Leopoldo Fuchs, no Conjunto Habitacional Salustiano Kobus, no Bairro Alto:_x000D_
 _x000D_
 - Construção de uma quadra de Areia; _x000D_
 - Construção de uma quadra de Areia de Vôlei;_x000D_
 - Iluminação Pública;_x000D_
 - Plantio de árvore._x000D_
 _x000D_
 Justificativa: Os moradores do Conjunto Habitacional relatam que o lugar é plaino, e que para eles seria muito importante mais esse espaço de Lazer no Bairro, sendo de acesso a muitas pessoas que ali residem. (Em anexo abaixo assinado)</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_166.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_166.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam realizados os serviços de revitalização na Praça Esportiva Maria Lais de Andrade, também conhecida como Praça do “SKATE”, localizada na Vila Paraíso. _x000D_
 _x000D_
 Justificativa: Tal pedido se justifica pois a Praça está em condições precárias de uso, e sendo uma Praça frequentada por adeptos ao esporte do Skate, seria muito importante a revitalização da mesma.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_167.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_167.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 003, datada de 03.02.2022, de sua autoria e da Vereadora Maria Célia Conte, solicitando para que construa calçadas ao longo da Rua Henrique Lazarine, desde o início da Rua no entroncamento com a Rua Juvenal Ferreira Pinto até a esquina com a Rua Nilton Furquim, bem como recoloque material fresado no início da Rua Nilton Furquim por cerca de 30 metros. _x000D_
 _x000D_
 Justificativa: Esta medida se faz necessária em razão de ausência de calçadas ao longo da referida via, onde muitos moradores utilizam a via a pé ou bicicleta, e, considerando que a rua é estreita e não há acesso para os pedestres caminharem, obrigando-os a trafegarem em cima da pista de rolamento, tornando evidente o risco de acidente, inclusive ocorreu um atropelamento de um morador usuário de bicicleta.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_168.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_168.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam realizados estudos para desenvolver um Projeto em conjunto com Executivo Mafrense, para aproveitamento de estrutura da ponte pertencente a União, que ligava a linha de ferro desativada a muitos anos._x000D_
 _x000D_
 Justificativa: Precisamos encontrar alternativas de escoamento de tráfego entre os dois Municípios que divide os Estados do Paraná e Santa Catarina. Com a desativação da oficina da Empresa Rumo, acreditamos facilitar as tratativas de entendimento, necessitando empenho dos nossos governantes em encontrar uma solução economicamente viável para a situação, aproveitando a estrutura, mediante um bom projeto, para que possamos abrir um quarto acesso entre os dois Municípios. Importante citar que os dois Municípios se encontram em franco desenvolvimento, cabe a nós incentivar a tomada de decisões.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/120/269.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/120/269.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar à Mesa Diretora desta Casa de Leis, o envio de ofício a Empresa Rumo Logística Rio Negro, solicitando a manutenção da passarela existente no Bairro Passa Três._x000D_
 _x000D_
 Justificativa: A comunidade do Bairro Passa Três vem reclamando muito, pois a passarela se encontra em um estado muito ruim, necessitando urgente de melhorias. (Anexo foto e Localização da passarela).</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Luis Boschetto (PSDB), Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_170.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_170.2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, no uso de suas atribuições regimentais, vêm reiterar ao Executivo Municipal, o pedido contido na Indicação nº 037, datada de 21.02.2022, de autoria do Vereador Ricardo Gonçalves Furquim, solicitando a instalação de um redutor de velocidade eletrônico ou faixa elevada no acesso para saídas de veículos da Prefeitura Municipal, sito a Rua Juvenal Ferreira Pinto.   _x000D_
 _x000D_
 Justificativa: Antes do referido acesso, existe uma curva, sentido centro-bairro, sendo que frequentemente diversos motoristas aplicam velocidades acima da tolerável para o local, onde já ocorreram diversos acidentes, inclusive com vítimas. Além disso, há insegurança tanto para quem utiliza o acesso de saída da Prefeitura, como para os muitos visitantes do parque, sendo necessário limitar a velocidade para o local visando a segurança de todos.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_171.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_171.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja instalado um abrigo aos estudantes que aguardam o ônibus para deslocamento até as Escolas, na Rua Nicolau Valério, em frente à Escola Tia Apolônia e APAE._x000D_
 _x000D_
 Justificativa: Tal pedido se faz necessário, para dar atendimento a reivindicação das famílias usuárias do sistema de transporte escolar, para proteção das crianças durante espera nos dias chuvosos e/ou sol intenso, que ficam ao relento.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_172.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_172.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que providencie a melhoria na Iluminação Pública na Rua Professor Luís José Lauer, no Bairro Motocross._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica, tendo em vista que a Iluminação Pública está bastante danificada, sendo necessária a instalação de algumas lâmpadas e a troca de outras, os moradores reclamam da escuridão a noite, pelo fato das lâmpadas lá existentes serem de pouca luminosidade.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_173.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_173.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos os serviços de patrolamento e empedramento na Estrada Secundária que sai da Fazenda Folha Verde, passa pela Chácara do Schumacher e liga as duas Estradas da Barra Grande._x000D_
 _x000D_
 Justificativa: O pedido se justifica por ser uma via utilizada para o transporte escolar sendo de suma importância que esteja em boas condições, hoje a estrada se encontra com muitos buracos, podendo causar riscos dos veículos encalhar ou até mesmo bater em outro veículo.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_176.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_176.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja incluído no Programa de recuperação de vias, a Rua Goiás, na Vila Paraíso._x000D_
 _x000D_
 Justificativa: Por solicitação de moradores que reivindicam tal melhoria, devido às más condições de tráfego.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_177.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_177.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente seja realizado a Manutenção periódica dos Parques Infantis instalados em todo o Município._x000D_
 _x000D_
 Justificativa: Os parques infantis são equipamentos instalados nas praças públicas que tem por objetivo o oferecimento de brinquedos que gerem diversão e alegria ás crianças das mais variadas idades. Por isso a necessidade de manutenção periódica, pois além da utilização constante o que desgasta os equipamentos, e o mais importante é porque, é utilizado por crianças que não sabem mensurar o risco de algumas situações. Em visita em alguns destes parques e também conforme envio de mensagens, foi constatado que apesar da recente instalação de novos brinquedos pela administração pública em algumas praças, os brinquedos já existentes precisam de manutenção, pois em alguns casos estão trazendo riscos.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_178.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_178.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizada a construção de um ponto de ônibus na Localidade de Lençol, em frente a entrada do Senhor Júlio Dusbroski._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica com urgência, pois nesse local aproximadamente 17 crianças esperam ônibus escolar, e em dias de chuva ou sol intenso as condições para elas ficam muito complicadas.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_179.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_179.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, promova estudos para que dentro do projeto da abertura do Calçadão Albany Bussmann, ao longo da Praça João Pessoa, seja disponibilizado vagas para o estacionamento de veículos. _x000D_
 _x000D_
 Justificativa: Com a ampliação de vagas, o comércio e os usuários de veículos serão beneficiados, considerando que atualmente carece de locais para estacionar. Com esta ação, se espera facilitar o acesso ao comércio pelos usuários.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_180.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_180.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 251, datada de 04.05.2021, de sua autoria, solicitando para que providencie a colocação de placas sinalizadoras de indicação de lombadas, bem como, pintura de faixas sobre a lombada existente na Rua Henrique Lazarini, quase em frente ao Restaurante Paiol, no Bairro Seminário. _x000D_
 _x000D_
 Justificativa: Não existe placas indicativas de lombada no sentido Centro/Bairro e a pintura sobre a lombada está apagada, o que pega o condutor que não está habituado com o local desprevenido.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_181.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_181.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem  solicitar ao Executivo Municipal, para que através do Setor Competente providencie a restauração do relógio digital instalado na praça do Portal de Acesso a nossa Cidade. _x000D_
 Tal relógio encontra-se estragado e com aspecto de abandono, destoando com os demais atrativos daquela praça de acesso à Cidade. É sabido que o mesmo foi instalado pela Cia de Cigarros Souza Cruz, mas que considerando a sua instalação em local público a fiscalização para a manutenção e funcionamento do mesmo deva ser por conta do Município._x000D_
 _x000D_
 Justificativa: Um dos cartões postais da Cidade é o trevo de acesso, constando do mesmo o belíssimo portal estilo Alemão Bucovino, e demais atrativos ali instalados, dentre eles o referido relógio, que se não estiver funcionando não tem razão de continuar instalado no local.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_182.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_182.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam realizados estudos buscando melhorias no cruzamento entre as Ruas Jacob Fuchs e Severo de Almeida, no Bairro Bom Jesus._x000D_
 _x000D_
 Justificativa: Nessas ruas tem um grande fluxo de veículos e pedestres, pois a no entorno as Escolas Inácio Schelbauer e Ricardo Nentwig, bem como o 5° RCC, as quais tem intenso movimento principalmente no horário de pico, causando vários acidentes. Sendo assim se fazem necessárias medidas urgentes que possam trazer mais segurança a todos que ali trafegam.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_183.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_183.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado a substituição dos brinquedos existentes na Praça Isauro Seidel, no Bairro Bom Jesus._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica pois os brinquedos hoje instalados lá, são brinquedos mais antigos, podendo ser substituídos pelos mais modernos os quais já estão sendo instalados nas Praças.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_184.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_184.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja instalado uma Academia ao Ar Livre, junto a Horta Comunitária, ao lado do Centro da Juventude Henrique Witt, no Bairro Alto._x000D_
 _x000D_
 Justificativa: Nas proximidades do Centro da Juventude há muitos moradores sendo eles muitas pessoas de idade, as quais solicitaram para que houvesse uma Academia ao Ar Livre mais próxima para todos que ali residem.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_185.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_185.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado a reforma da cerca em torno da Escola José de Lima, na Localidade da Roseira._x000D_
 _x000D_
 Justificativa: Este pedido está sendo feito, devido as cercas estarem em estado muito precário, trazendo riscos as crianças que muitas vezes brincam próximas das mesmas.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_186.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_186.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 197, datada de 29.03.2021 de sua autoria, solicitando para que viabilize junto à Secretaria de Obras e Serviços Urbanos, que seja restaurado o recapeamento da Rua Getúlio Vargas com a Rua Bom Jesus (na altura do Posto BJ) até a Travessa Sete de Setembro, bem como estudar a possibilidade de retirar os canteiros existentes nesse trajeto para que possamos ter uma melhor trafegabilidade no local, e melhoria do sistema de captação de água pluvial._x000D_
 _x000D_
 _x000D_
 Justificativa: Por solicitação dos usuários da via pública, pedimos o recapeamento asfáltico de toda extensão para melhorar o tráfego de veículos e quanto aos canteiros, solicitamos estudos para a retirada de alguns deles, com o intuito de aumentar as vagas de estacionamento e também melhorar a estética urbana, pois em nada contribuem para o comércio local.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/102/187.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/102/187.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado a restauração de trecho de via pública na Rua Francisco Taborda Ribas entre a rua XV de Novembro e a Rotatória do Relógio do Sol._x000D_
 Justificativa: A vida útil da referida via está expirando, a mesma apresenta algumas falhas na pista de rolamento. Para tanto estamos sugerindo ao Executivo Municipal, que proceda sua manutenção.</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_188.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_188.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente providencie o conserto no asfalto tipo tapa buracos nas seguintes Ruas: _x000D_
 - Rua Coronel Joaquim Teixeira Sabóia, entre a Rua XV de Novembro e a Avenida Saturnino Olinto_x000D_
 - Rua XV de Novembro travessa com a Rua Sete de Setembro, esquina do antigo Banco Itaú._x000D_
 _x000D_
 Justificativa: As referidas vias públicas estão com sérios problemas com buracos, e por se tratar de locais de intenso movimento, pois são ruas principais na Cidade, solicito que seja realizado o serviço de tapa buracos e até mesmo o recapeamento, para melhorar o tráfego de veículos.</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_no_189.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_no_189.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar em parte ao Executivo Municipal, o pedido contido nas Indicações nº 006, datada de 13.01.2021, nº 311 datada de 09.08.2021 e nº 012 datada de 07.02.2022 de sua autoria, solicitando para que através do Setor Competente, seja incluída no Programa de Pavimentação Asfáltica, a Rua da Colônia, no Bairro Alto. _x000D_
 _x000D_
 Justificativa: Verificamos que se trata de uma Rua de grande movimento e importância dentro do Bairro Alto, acreditamos com isso, melhorar muito a parte de trafegabilidade e segurança como também a qualidade de vida dos moradores.</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_190.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_190.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, em parte o pedido contido nas Indicações nº 062, datada de 04.02.2021, nº 347, datada de 25.10.2021 e nº 014 datada de 07.02.2022 de sua autoria, solicitando para que através do Setor Competente, seja incluído no programa de pavimentação asfáltica a Rua João Alípio, no Bairro Alto. _x000D_
  _x000D_
 Justificativa: A referida rua tem importante ligação do Bairro Alto servindo como via de escoamento do tráfego para diversos pontos da região. Devido a topografia da área onde se localiza a Rua João Alípio, a mesma tem dimensões menores e a sua base já consolidada pode baratear o custo da obra. O pedido para inclusão da referida rua no plano de investimentos em infraestrutura urbana do Município, prende-se ao fato da mesma ser muito utilizada e com a interligação da mesma com a Rua Theodoro Baggio e a marginal da BR-116, Avenida Afonso Petschow, funcionando como um anel viário e também poderia</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_191.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_191.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 005 datada de 13.01.2021 de sua autoria, solicitando para que através do Setor Competente, seja finalizada a pavimentação asfáltica da Rua Alvino Schelbauer, continuação até a Rua Angelino Lazarini, no Bairro Alto._x000D_
 _x000D_
 Justificativa: Por solicitação dos moradores, por ser uma via relativamente pequena e por ser esse trecho da rua que ainda não possui asfalto, estamos solicitando que a mesma receba a pavimentação asfáltica até a Rua Angelino Lazarini, com intuito de melhorar a qualidade de vida daqueles moradores.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_193.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_193.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal o pedido contido na Indicação nº 098 datada de 09.02.2021, solicitando a inclusão no Programa de Pavimentação Asfáltica, a Travessa Alagoas entre a Travessa Maranhão e Pará e trecho da Avenida Rio de Janeiro, margeando o rio Negro, na Vila Paraíso._x000D_
 _x000D_
 Justificativa: É um trecho relativamente pequeno e com baixo investimento pode-se solucionar o problema, conta com abaixo assinado dos moradores entregue anteriormente, solicitando tal melhoria, visando a qualidade de vida dessa comunidade.</t>
   </si>
   <si>
     <t>Elcio Josué Colaço, João Alves, João Pedro de Amorim (PP), Marcelo Wotroba (UNIÃO BRASIL), Maria Célia Conte</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_194.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_194.2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e a Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar o pedido contido nas Indicações nº 018, datada de 26.01.2021 de sua autoria e nº 313, datada de 09.08.2021 de autoria do Vereador  Odair Pereira, solicitando ao Senhor Prefeito Municipal, para que através do Setor Competente, seja feito o “aterramento” em aproximadamente um metro e meio de altura e mais cem metros de comprimento no local denominado Arroio do Arreganhado, auxiliando a passagem de moradores das Localidades de Campina dos Andrade, Laranjal, Queimados e Fazendinha._x000D_
 _x000D_
 Justificativa: Os moradores das referidas Localidades, reclamam que os veículos que trafegam por essa via pública, em épocas de chuva e enchentes, têm muitas dificuldades para passarem por esse local causando vários transtornos e prejuízos. Um dos moradores que ali próximo reside se prontificou a fazer a doação do material adequado para a base do aterro.</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_195.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_195.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja refeita a lombada na Rua Tiete em frente à residência de nº 125, no Bairro Jardim Zelinda._x000D_
 _x000D_
 Justificativa: Essa Rua tem grande movimento e os moradores estão solicitando que essa lombada seja aumentada, pois por estar muito baixa os carros passam em alta velocidade por essa Rua, não respeitando a lombada e causando riscos aos pedestres.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_196.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_196.2022.pdf</t>
   </si>
   <si>
     <t>Inclusão no Programa de Pavimentação Asfáltica o prolongamento da Rua Ignácio Schelbauer.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_no_199.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_no_199.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizada a construção de um ponto de ônibus na Localidade de Matão do Caçador, em frente a entrada do Senhor Silvio Pscheidt._x000D_
 _x000D_
 Justificativa: Tal pedido se justifica com urgência, pois nesse local aproximadamente 15 crianças esperam ônibus escolar, e em dias de chuva ou sol intenso as condições para elas ficam muito complicadas.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_no_200.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_no_200.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente proceda a manutenção de calçadas em modelo Petit Pavet na região central da Cidade._x000D_
 _x000D_
 Justificativa: Por se tratar de um modelo pouco funcional ao trânsito de pessoas, apesar do estilo remeter ao modelo português dos tempos do Império, precisamos que seja funcional nos dias atuais, principalmente para aos portadores de necessidades especiais e senhoras idosas que trafegam pelas mesmas.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_no_202.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_no_202.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja feito manilhamento para escoamento de água fluvial da Rua Estephano Perreto Sobrinho para a Rua Kalil Gemael, no Bairro Bom Jesus._x000D_
 _x000D_
 Justificativa: Esta solicitação se justifica com o fato de que a empresa que asfaltou as Ruas citadas, utilizou o manilhamento já existente construído por moradores, em consequência a vasão de água fluvial é insuficiente depois da obra de asfaltamento, causando alagamentos nas casas.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_no_203.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_no_203.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, para que sejam construídas duas lombadas na Estrada do Cunhupã, depois do pedágio, próximo a BR-116._x000D_
  _x000D_
 Justificativa: Esta solicitação se justifica com o fato de que os veículos que saem da BR-116 sentido Cunhupã, entram em alta velocidade na estrada de chão, causando riscos a comunidade que ali residem, outra situação é a quantidade de poeira que atinge as residências. Com a construção desses redutores de velocidade os problemas citados serão sanados.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/175/indicacao_no_205.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/175/indicacao_no_205.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, para que seja feita a drenagem, limpeza e nivelamento da estrada e de um bueiro, localizado na Estrada do Cunhupã, logo após a Casa do Sr. Valdemiro Veiga._x000D_
 _x000D_
 Justificativa: Esta solicitação se justifica com o fato de que em dias chuvosos a estrada fica totalmente alagada, gerando riscos e desconforto para os usuários da referida via.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_no_207.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_no_207.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que providencie a manutenção no fresado da Rua Alvino Schelbauer, no Bairro Alto._x000D_
 _x000D_
 Justificativa: Em visita aquele local, vários moradores solicitaram tais providências, visando melhorar a circulação tanto de veículos como de pedestres, para que os moradores e motoristas possam utilizar esse caminho com maior segurança e comodidade.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_no_209.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_no_209.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, sejam feitos os serviços de patrolamento, empedramento na Estrada Principal da Vila Rural na Localidade da Roseira._x000D_
 _x000D_
 Justificativa: Tal pedido está sendo feito, pois nesse local trafega muitos motoristas e pedestres, e a estrada está com grandes problemas de trafegabilidade, muitos moradores estão reclamando pois dependem dessa estrada para se deslocarem.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_210.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_210.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, realize o alargamento em alguns pontos da Estrada Geral que vai desde Sítio dos Rauen até o Distrito da Fazendinha. _x000D_
 _x000D_
 Justificativa: Nos últimos dez anos o tráfego de caminhões de grande porte aumentou em nosso Município, por isso a necessidade de alargamento pois em determinados pontos da estrada é quase impossível a passagem de dois veículos de grande porte. O exemplo está nas proximidade da residência da Família Campos na Campina dos Andrades. Peço também para a Secretaria de Obras para que quando colocar material se possível passar o rolo pois nas laterais fica pedras muito grandes e os veículos não tem como passar.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_no_220.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_no_220.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar ao Executivo Municipal, o pedido contido na Indicação nº 401, datada de 29.11.2021, de sua autoria, solicitando para que que estude a viabilidade da criação de uma Praça no Bairro Vila Ema, com a instalação de um parque infantil e área de lazer. _x000D_
 _x000D_
 Justificativa: Não existe um espaço público destinado ao lazer dos moradores no Bairro Vila Ema, especialmente para as crianças. Seria muito importante destinar um espaço para que os moradores do Bairro possam desfrutar.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_no_221.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_no_221.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, a manutenção dos brinquedos que estão instalados no terreno localizado na esquina com a rua Otto Ferraz com a rua João Teodoro, Bairro Bom Jesus, mais conhecido como Casas de Pedra, bem como a manutenção do local atualmente utilizado como praça e área de lazer. _x000D_
 _x000D_
 Justificativa: Os moradores do local utilizam o referido espaço para o lazer, onde há uma quadra de areia, bancos e parquinho. Cerca de 30 pessoas utilizam o espaço principalmente aos finais de semana. Necessário também a instalação de alambrado atrás das traves de futebol. Sugere-se que seja nomeada Praça Vereador Paulo Cesar Almeida.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_no_224.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_no_224.2022.pdf</t>
   </si>
   <si>
     <t>Os Vereadores e as Vereadoras que a presente subscrevem, no uso de suas atribuições regimentais, vêm reiterar ao Executivo Municipal, o pedido contido na Indicação n° 334, datada de 30.08.2021, de autoria do Vereador Odair Pereira, para que promovam estudos para os seguintes serviços na Rua Dr. Celso Antonio Henning, nº 2248 nas proximidades da casa do Senhor Nelson Bispo dos Santos._x000D_
 _x000D_
 - Redutor de Velocidade a 50m da esquina._x000D_
 - Colocação de Material Fresado.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Elcio Josué Colaço, João Pedro de Amorim (PP)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_no_225.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_no_225.2022.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/461/233.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/461/233.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado os serviços de patrolamento no espaço que é utilizado para Motocross no Parque Esportivo Maximiano Pfeffer, no Bairro MotoCross._x000D_
 _x000D_
 Justificativa: Este pedido está sendo feito, pois muitas pessoas estão utilizado o espaço no fim de semana, mas infelizmente a pista está muito danificada prejudicando o lazer de quem anda de moto no espaço.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/462/234.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/462/234.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que viabilize junto à Secretaria de Obras e Serviços Urbanos, para que seja mudado de lugar o ponto de ônibus situado na Avenida Luiz Carlos Pereira Tourinho em frente ao nº 3179._x000D_
 _x000D_
 JUSTIFICATIVA: O pedido está sendo feito, pois no local foi aberto uma loja a qual o proprietário precisa fazer um recuo para os clientes, onde o ponto de ônibus está neste local, dificultando o acesso._x000D_
 Obs: O ponto de ônibus é de fácil mudança, pois é do modelo novo.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/463/235.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/463/235.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizada a construção de tubulação na Rua Felipe Jorge, no Bairro Volta Grande._x000D_
 _x000D_
 Justificativa: Esta solicitação se justifica com o fato de que não há tubulação suficiente para o escoamento das águas, e com as fortes chuvas tem entrado muito água em algumas residências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/464/236.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/464/236.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através da Secretaria de Obras, para que encaminhe ofício à Empresa Celesc, solicitando estudo para deslocar um poste de energia elétrica em poucos centímetros do local onde ele está instalado. Este poste fica localizado em frente à residência do Senhor Orestes Kososki Junior, na Rua Rodolfo Alois Pfeffer, nº 460 no Bairro Alto._x000D_
 _x000D_
 Justificativa: O morador relatou que esse poste está instalado em frente a entrada de sua propriedade, causando transtornos no acesso. Desde já agradeço a colaboração da Celesc.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/472/237.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/472/237.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja realizado estudos para dar continuidade na abertura da Rua Valdemar Schmitz, a qual faz ligação com a Rua Carlos von Linsingen, no Bairro Vila Zelinda._x000D_
 _x000D_
 Justificativa: A solicitação está sendo feita principalmente pelos professores da Escola Mathias Augusto Bohn, os quais perceberam que os alunos estavam passando por um pequeno trecho dessa referida rua, a qual está muito fechada com o mato, e chegam molhadas na escola por conta do orvalho. Essa rua existe sim a possibilidade de ter continuidade, para que não apenas os alunos, mas os moradores possam trafegar por ali com mais facilidade.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/473/238.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/473/238.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar em parte o pedido contido na Indicação n° 180, datada de 22.03.2022 de sua autoria, solicitando ao Executivo Municipal, para que através do Setor Competente seja feito o serviço de limpeza/roçada na Rua Frei Eraldo Maria, no Bairro Alto. _x000D_
 _x000D_
 Justificativa: O pedido se justifica em razão de que o mato já está muito alto, podendo assim prejudicar a fiação elétrica. As calçadas também já estão sendo invadidas pelo matagal.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/476/239.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/476/239.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, para que seja disponibilizado transporte coletivo gratuito no dia 30 de Outubro durante o horário de votação do 2° turno._x000D_
 _x000D_
 Justificativa: Em decisão recente o STF autoriza concessionárias de transporte público e prefeituras de todo o Brasil a conceder tarifa zero no dia 30 outubro. Com isso, veículos públicos e ônibus escolares podem ser usados no transporte.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/477/240.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/477/240.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem reiterar o pedido contido na Indicação n° 351, datada de 20.09.2021 de sua autoria, solicitando ao Executivo Municipal, para que através do Setor Competente, providencie Lombada elevada, e Placas de Sinalização na Estrada Principal da Localidade da Roseira, próximo ao “Bar do Mario Gordo”, até a Escola Rural Municipal José de Lima. _x000D_
 _x000D_
 Justificativa: Estamos solicitando para que seja feita essas melhorias devido ao grande tráfego de veículos na região, e a mesma precisa de mais segurança para os moradores.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/478/241.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/478/241.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, seja instalado uma Academia ao Ar Livre, em frente do antigo Posto de Saúde desativado na Localidade da Roseira._x000D_
 _x000D_
 Justificativa: O referido pedido tem o objetivo de proporcionar oportunidade das famílias praticarem atividades físicas, proporcionando assim uma melhor qualidade de vida à todos daquela Localidade.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/479/242.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/479/242.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente seja feita a colocação de três (03) postes com luminária, na Estrada Geral da Roseira – Alto das Palmeiras._x000D_
 _x000D_
 Justificativa: Tal pedido prende-se ao fato para trazer mais segurança, principalmente para mulheres, crianças e trabalhadores que transitam pela referida Estrada.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/480/243.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/480/243.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, realize estudos de mudança da estrada que passa em frente a capela da comunidade de Barra Grande._x000D_
 _x000D_
 Justificativa: A mudança se faz necessária pois a estrada existente fica no meio separando o pátio da capela. Nos dias de festa essa separação causa problemas, pois a circulação de pessoas e crianças aumenta, e a circulação de veículos que trafegam por essa estrada que dá acesso à outras regiões fica comprometida e causando riscos de acidentes. Tendo em vista que a comunidade já conseguiu a liberação do terreno que será utilizado e que a pedreira fica na comunidade, facilitando assim os trabalhos da Prefeitura e a comunidade poderá fazer a festa no mês de fevereiro como de costume.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/481/244.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/481/244.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, realize a colocação de pedregulhos na área que é realizada a Feira do Produtor em frente à Loja Afubra.  _x000D_
 _x000D_
 Justificativa: Nos dias de chuva os produtores e os clientes estão enfrentando dificuldades pois fica água e muito barro parado no local</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/491/250.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/491/250.2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal para que realize revisão geral e conserto do calçamento da Praça Cel. Buarque, Praça da Igreja Bom Jesus.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2308,68 +2308,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/451/001.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/449/004.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/448/005.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/446/009.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/445/010.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/443/012.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/442/013.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/441/014.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/439/016.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/438/018.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_034.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_035.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_036.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_037.2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/423/041.2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/419/048.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/418/049.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/417/050.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/416/051.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/415/052.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/414/053.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/413/054.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/411/056.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/407/063.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/405/065.2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/404/066.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/400/072.2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/397/075.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/393/079.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/392/080.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/391/081.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/390/082.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/389/083.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/388/084.2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/387/085.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/385/087.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/384/088.2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/379/093.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/378/094.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/377/095.2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/376/096.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/375/097.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/374/098.2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/373/099.2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/372/100.2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/371/101.2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/367/105.2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/228/107.2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/227/108.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/226/109.2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/223/111.2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/219/115.2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/218/116.2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/215/118.2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/214/119.2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/212/120.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/211/121.2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_no_122.2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_no_124.2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_no_126.2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/205/indicacao_no_127.2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/204/indicacao_no_128.2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/196/indicacao_no_130.2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/195/indicacao_no_131.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/194/indicacao_no_132.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/192/indicacao_no_134.2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/191/indicacao_no_135.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/190/136.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/189/indicacao_no_137.2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/188/indicacao_no_138.2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/187/indicacao_no_139.2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/186/indicacao_no_140.2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_no_141.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_no_145.2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_147.2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_148.2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_149.2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_155.2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_156.2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_157.2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_159.2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_160.2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_161.2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_163.2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_166.2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_167.2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_168.2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/120/269.2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_170.2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_171.2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_172.2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_173.2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_176.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_177.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_178.2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_179.2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_180.2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_181.2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_182.2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_183.2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_184.2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_185.2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_186.2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/102/187.2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_188.2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_no_189.2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_190.2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_191.2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_193.2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_194.2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_195.2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_196.2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_no_199.2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_no_200.2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_no_202.2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_no_203.2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/175/indicacao_no_205.2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_no_207.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_no_209.2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_210.2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_no_220.2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_no_221.2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_no_224.2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_no_225.2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/461/233.2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/462/234.2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/463/235.2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/464/236.2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/472/237.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/473/238.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/476/239.2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/477/240.2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/478/241.2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/479/242.2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/480/243.2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/481/244.2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/491/250.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/451/001.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/449/004.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/448/005.2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/446/009.2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/445/010.2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/443/012.2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/442/013.2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/441/014.2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/439/016.2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/438/018.2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/437/indicacao_019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/436/indicacao_no_022.2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/435/indicacao_no_023.2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/434/indicacao_025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/433/indicacao_027.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/432/indicacao_028.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/430/indicacao_no_034.2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/429/indicacao_no_035.2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/428/indicacao_no_036.2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/427/indicacao_no_037.2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/423/041.2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/419/048.2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/418/049.2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/417/050.2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/416/051.2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/415/052.2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/414/053.2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/413/054.2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/411/056.2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/407/063.2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/405/065.2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/404/066.2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/400/072.2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/397/075.2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/393/079.2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/392/080.2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/391/081.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/390/082.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/389/083.2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/388/084.2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/387/085.2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/385/087.2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/384/088.2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/379/093.2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/378/094.2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/377/095.2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/376/096.2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/375/097.2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/374/098.2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/373/099.2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/372/100.2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/371/101.2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/367/105.2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/228/107.2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/227/108.2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/226/109.2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/223/111.2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/219/115.2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/218/116.2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/215/118.2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/214/119.2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/212/120.2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/211/121.2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/210/indicacao_no_122.2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/208/indicacao_no_124.2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/206/indicacao_no_126.2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/205/indicacao_no_127.2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/204/indicacao_no_128.2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/196/indicacao_no_130.2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/195/indicacao_no_131.2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/194/indicacao_no_132.2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/192/indicacao_no_134.2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/191/indicacao_no_135.2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/190/136.2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/189/indicacao_no_137.2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/188/indicacao_no_138.2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/187/indicacao_no_139.2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/186/indicacao_no_140.2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/183/indicacao_no_141.2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/179/indicacao_no_145.2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/142/indicacao_no_147.2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/141/indicacao_no_148.2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/140/indicacao_no_149.2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/134/indicacao_no_155.2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/133/indicacao_no_156.2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/132/indicacao_no_157.2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/130/indicacao_no_159.2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/129/indicacao_no_160.2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/128/indicacao_no_161.2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/126/indicacao_no_163.2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/123/indicacao_166.2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/122/indicacao_no_167.2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/121/indicacao_no_168.2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/120/269.2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/119/indicacao_no_170.2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/118/indicacao_no_171.2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/117/indicacao_no_172.2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/116/indicacao_no_173.2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/113/indicacao_no_176.2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/112/indicacao_no_177.2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/111/indicacao_no_178.2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/110/indicacao_no_179.2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/109/indicacao_no_180.2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/108/indicacao_no_181.2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/107/indicacao_no_182.2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/106/indicacao_no_183.2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/105/indicacao_no_184.2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/104/indicacao_no_185.2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/103/indicacao_no_186.2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/102/187.2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/101/indicacao_no_188.2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/100/indicacao_no_189.2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/99/indicacao_no_190.2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/98/indicacao_no_191.2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/96/indicacao_no_193.2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/95/indicacao_no_194.2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/94/indicacao_no_195.2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/8/indicacao_196.2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/170/indicacao_no_199.2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/171/indicacao_no_200.2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/172/indicacao_no_202.2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/173/indicacao_no_203.2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/175/indicacao_no_205.2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_no_207.2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_no_209.2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_210.2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/285/indicacao_no_220.2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/287/indicacao_no_221.2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/307/indicacao_no_224.2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/308/indicacao_no_225.2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/461/233.2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/462/234.2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/463/235.2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/464/236.2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/472/237.2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/473/238.2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/476/239.2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/477/240.2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/478/241.2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/479/242.2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/480/243.2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/481/244.2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/491/250.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="181" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>