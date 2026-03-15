--- v0 (2026-01-29)
+++ v1 (2026-03-15)
@@ -54,84 +54,84 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Elcio Josué Colaço, Isabel Cristina Grossl, João Alves, João Pedro de Amorim (PP), Luis Boschetto (PSDB), Marcelo Wotroba (UNIÃO BRASIL), Maria Célia Conte, Odair Pereira, Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Os Vereadores e as Vereadoras que o presente subscrevem, no uso de suas atribuições regimentais e com base no que estabelece o Art. 112 do Regimento Interno, vêm solicitar ao distinto Plenário que seja aprovada “MOÇÃO DE APLAUSOS”, Ao Grupo de Teatro Municipal.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Isabel Cristina Grossl</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_no_198.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_no_198.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente realize estudos e planejamento junto as Secretarias Municipais de Educação e Cultura para a possibilidade de realização de Concurso de Bandas e Fanfarras, como forma de incentivo a manutenção das fanfarras escolares. É comprovado que o estudo da música melhora a memória, beneficia a coordenação motora, melhora a concentração, combate a timidez, alivia o stress, a depressão e a ansiedade, colaborando com o processo de ensino aprendizagem.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_no_219.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_no_219.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, conforme solicitação feita pessoalmente no Gabinete do Executivo na data de 25/02 deste ano, trace metas para retomada das oficinas culturais, que há mais de 5 anos faziam parte das ações da Secretaria de Cultura, agregando conhecimento, cultura e renda aos Munícipes que delas participavam, sendo nas áreas de música, teatro, artesanato entre outras.  Que sejam retomadas ao menos as oficinas de artesanato, que além do conhecimento agregavam renda aos participantes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -438,68 +438,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_no_198.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_no_219.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/169/indicacao_no_198.2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/282/indicacao_no_219.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="181" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>