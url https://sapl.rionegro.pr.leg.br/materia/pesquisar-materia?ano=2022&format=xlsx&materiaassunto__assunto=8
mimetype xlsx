--- v0 (2025-12-13)
+++ v1 (2026-03-17)
@@ -54,66 +54,66 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Maria Célia Conte</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_162.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_162.2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, para que através do Setor Competente, proceda a instalação de Placa indicativa com o nome da Ponte Dr. Diniz Assis Henning, em ambos os lados da Ponte.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Ricardo Gonçalves Furquim (PL)</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_165.2022.pdf</t>
+    <t>http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_165.2022.pdf</t>
   </si>
   <si>
     <t>O Vereador que a presente subscreve, no uso de suas atribuições regimentais, vem solicitar ao Executivo Municipal, através do Setor Competente, providências no sentido de cadastrar junto ao Google Maps, todas as Localidades do Município, Associações, Pontos Turísticos, Postos de Saúde, Escolas, Etc._x000D_
 Link para criação: https://www.google.com/maps/d/Ex: Prefeitura de São Bernardo do Campo: https://www.google.com/maps/d/viewer?mid=1MGXj_uu1Mp4FZeH8YrMyZvm-GDA&amp;ll=-23.703088226212575%2C-46.570346222210794&amp;z=13_x000D_
 _x000D_
 Justificativa: Facilitar a busca por equipamentos públicos na Cidade e centralizar as informações desses equipamentos. O uso de uma plataforma popularmente conhecida e de fácil utilização, o mapa do Google, garante ao munícipe informação centralizada, rápida e transparente permitindo que os deslocamentos pela Cidade se tornem mais fáceis. Levando em consideração que hoje essas informações não estão disponíveis.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -423,68 +423,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_162.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_165.2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/127/indicacao_no_162.2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2022/124/indicacao_165.2022.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>