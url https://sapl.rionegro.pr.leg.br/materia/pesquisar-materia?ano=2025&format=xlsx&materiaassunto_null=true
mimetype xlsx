--- v0 (2025-12-15)
+++ v1 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7039" uniqueCount="3298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7047" uniqueCount="3303">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2631,51 +2631,51 @@
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3285/req._136-2025_repasses_federais_da_atencao_primaria_a_saude_.docx.pdf</t>
   </si>
   <si>
     <t>Requer informações completas referentes aos repasses federais da Atenção Primária à Saúde (APS), conforme a Portaria GM/MS nº 3.493/2024, e à destinação municipal dos recursos no período de transição 2024–2025.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3312/req._137-2025_pedido_de_urgencia_pl_76.docx.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando aprovação em regime de urgência do projeto de lei nº 76/2025.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3313/_req._138-25__aneel__agencia_nacional_de_energia_eletrica__providencias_e_informacoes_detalhadas_acerca_das_constantes_falhas_na_rede_de_abastecimento_eletrico_nas_localidades_rurais_do_municipio_de_ri.pdf</t>
+    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3313/req._138-25__aneel.pdf</t>
   </si>
   <si>
     <t>Requer que seja solicitado à ANEEL – Agência Nacional de Energia Elétrica – providências e informações detalhadas acerca das constantes falhas na rede de abastecimento elétrico nas localidades rurais do Município de Rio Negro/PR, conforme relato apresentado em Tribuna Livre.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CESP - Comissão Especial</t>
   </si>
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3083/parecer_da_comissao_especial.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Especial.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
@@ -2687,50 +2687,65 @@
 a) Projeto de Lei  nº 54/2025 – Altera o Plano Plurianual (Lei nº 3.180/2021); b) Projeto de Lei  nº 55/2025 – Altera a Lei de Diretrizes Orçamentárias 2025 (Lei nº 3.385/2024); c)  Projeto de Lei  nº 56/2025 – Autoriza a abertura de crédito adicional especial de R$ 1.705.830,04; d) Projeto de Lei  nº 57/2025 – Autoriza a abertura de crédito adicional suplementar de R$ 3.325.352,22, vinculado ao Convênio SEAB nº 342/2025, destinado à aquisição de maquinário agrícola._x000D_
 (...)_x000D_
 VI. Deliberação da Comissão_x000D_
 Reunida em 07 de outubro de 2025, a Comissão acatou, por unanimidade, o voto da Relatora e emitiu PARECER PELO PROSSEGUIMENTO dos Projetos de Lei nº 54, 55, 56 e 57/2025.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3137/parecer_da_comissao_de_legislacao_pr_54_55_56_57.2025.docx.pdf</t>
   </si>
   <si>
     <t>Projetos de Lei nº 54, 55, 56 e 57/2025, de autoria do Poder Executivo Municipal, que tratam, respectivamente, da instituição do Plano Plurianual 2026–2029, da alteração da LDO 2025, da abertura de crédito adicional especial e da abertura de crédito suplementar vinculado a convênio.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3138/parecer_da_comissao_de_legislacao_pl_53.2025.docx_1_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 53/2025 – Altera a Lei Municipal nº 1.254/2001 para instituir o recenseamento previdenciário dos segurados do RPPS.</t>
+  </si>
+  <si>
+    <t>3339</t>
+  </si>
+  <si>
+    <t>VETO</t>
+  </si>
+  <si>
+    <t>Razões do Veto</t>
+  </si>
+  <si>
+    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3339/mensagem_de_veto_parcial_001.2025_ao_pl_060.2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto Parcial ao Projeto de Lei Ordinária nº 060/2025, que Estima receita e fixa a despesa geral do Município de Rio Negro para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2423/ind._01-25_deslizamento_pirambeira.pdf</t>
   </si>
   <si>
     <t>Reduzir riscos de deslizamentos em encosta nas áreas urbanas.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2424/ind._002-2025.pdf</t>
   </si>
   <si>
     <t>Criação de Mirante na região da rua Boleslau Paluch, conhecida como Pirambeira.</t>
   </si>
@@ -9167,103 +9182,103 @@
   </si>
   <si>
     <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3250/emenda_12__pl_61.2025.docx_-_documentos_google_3.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 12/2025_x000D_
 Projeto de Lei nº 61/2025_x000D_
 Autor: Comissão de Legislação, Justiça e Redação_x000D_
 _x000D_
 Art. 1º O inciso VII do art. 2º do Projeto de Lei nº 61/2025 passa a ter a seguinte redação:_x000D_
 “VII – os valores das multas previstas na Lei Federal nº 13.146, de 6 de julho de 2015 (Lei Brasileira de Inclusão da Pessoa com Deficiência), quando aplicadas em favor do Município;”_x000D_
 Art. 2º O inciso VIII do art. 2º do Projeto de Lei nº 61/2025 passa a ter a seguinte redação:_x000D_
 “VIII – as doações feitas por pessoas físicas ou jurídicas, quando autorizadas por legislação federal específica, observadas as condições nela previstas;”_x000D_
 Art. 3º Esta Emenda entra em vigor na data de sua publicação._x000D_
 _x000D_
 Sala das Comissões, 17 de novembro de 2025._x000D_
 _x000D_
 Presidente: Geovane de Lima_x000D_
 _x000D_
 Relator: Élcio Josué Colaço</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3290/emenda_13.2025_plo_59.2025.pdf</t>
+    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3290/emenda_13.2025_plo_59.2025_ass.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA 13 – CLJR_x000D_
 (Reserva de contingência – Art. 50-A)_x000D_
 Art. 1º Fica acrescido ao Projeto de Lei nº 59/2025 o seguinte artigo:_x000D_
 “Art. 50-A. A reserva de contingência destina-se exclusivamente à cobertura de passivos contingentes, aos riscos fiscais identificados no Anexo de Riscos Fiscais e aos eventos imprevisíveis, vedada sua utilização para despesas correntes ordinárias ou para expansão de programas governamentais.”_x000D_
 JUSTIFICATIVA_x000D_
 A Lei Complementar nº 101/2000 (Lei de Responsabilidade Fiscal), em seu art. 5º, inciso III, prevê a instituição de reserva de contingência para o atendimento de passivos contingentes e outros riscos e eventos fiscais imprevistos. A ausência de definição clara da finalidade dessa reserva pode ensejar interpretações ampliativas indevidas, permitindo sua utilização para despesas ordinárias ou ampliação de programas, o que contraria o espírito da LRF._x000D_
 A presente emenda objetiva explicitar, na LDO, a finalidade exclusiva da reserva de contingência, vinculando-a aos passivos contingentes, aos riscos fiscais identificados e a eventos imprevisíveis, bem como vedando seu uso para despesas correntes ordinárias. Dessa forma, reforça-se a segurança jurídica da disciplina orçamentária e previnem-se apontamentos por parte dos órgãos de controle externo.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3291/emenda_14.2025_plo_59.2025.pdf</t>
+    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3291/emenda_14.2025_plo_59.2025_ass.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 14/2025 – CLJR_x000D_
 (Reforço à LRF – Art. 50-B)_x000D_
 Art. 1º Fica acrescido ao Projeto de Lei nº 59/2025 o seguinte artigo:_x000D_
 “Art. 50-B. Qualquer ato que implique aumento de despesa obrigatória dependerá, como condição de validade, de:_x000D_
 I – estimativa prévia de impacto orçamentário-financeiro, nos termos do art. 16 da Lei Complementar nº 101/2000;_x000D_
 II – declaração de adequação e compatibilidade orçamentária e financeira com a Lei de Diretrizes Orçamentárias e com a Lei Orçamentária Anual, conforme o art. 17 da Lei Complementar nº 101/2000.”_x000D_
 JUSTIFICATIVA_x000D_
 Os arts. 16 e 17 da Lei de Responsabilidade Fiscal estabelecem requisitos obrigatórios para a criação, expansão ou aperfeiçoamento de ação governamental que implique aumento de despesa, especialmente de caráter continuado. A experiência prática e a jurisprudência dos Tribunais de Contas demonstram a conveniência de que a própria LDO reforce, de maneira explícita, tais exigências, de modo a orientar a atuação dos Poderes Executivo e Legislativo na análise de proposições futuras._x000D_
 A presente emenda tem natureza preventiva: ao exigir que qualquer ato que gere aumento de despesa obrigatória seja acompanhado de estimativa prévia de impacto e de declaração de adequação e compatibilidade orçamentária, contribui para evitar a aprovação de normas em desacordo com a LRF e resguarda o Município e seus agentes de responsabilizações futuras.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3292/emenda_15.2025_plo_59.2025.pdf</t>
+    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3292/emenda_15.2025_plo_59.2025_ass.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA Nº 15/2025 – CLJR_x000D_
 (Metodologia dos riscos fiscais – Art. 50-C)_x000D_
 Art. 1º Fica acrescido ao Projeto de Lei nº 59/2025 o seguinte artigo:_x000D_
 “Art. 50-C. O Poder Executivo apresentará, no prazo máximo de 30 (trinta) dias após a sanção da Lei Orçamentária Anual, relatório metodológico complementar ao Anexo de Riscos Fiscais, contendo, no mínimo:_x000D_
 I – os parâmetros e premissas utilizados para quantificação dos riscos fiscais;_x000D_
 II – a estimativa de impacto financeiro de cada risco identificado;_x000D_
 III – os cenários possíveis e respectivas probabilidades de ocorrência;_x000D_
 IV – as medidas de mitigação previstas para cada risco.”_x000D_
 JUSTIFICATIVA_x000D_
 O art. 4º, § 3º, da Lei Complementar nº 101/2000 exige que a Lei de Diretrizes Orçamentárias contenha Anexo de Riscos Fiscais, com avaliação dos passivos contingentes e demais riscos capazes de afetar as contas públicas, bem como indicação das providências a serem adotadas caso se concretizem._x000D_
 Embora o Projeto de Lei nº 59/2025 apresente Anexo de Riscos Fiscais, a ausência de metodologia clara e detalhada pode enfraquecer a utilidade prática do documento e ensejar críticas quanto à sua suficiência técnica. A presente emenda tem por finalidade assegurar que a identificação dos riscos fiscais venha acompanhada da exposição dos parâmetros, da quantificação dos impactos, da análise de cenários e das medidas de mitigação, em relatório complementar apresentado em prazo razoável após a sanção da LOA._x000D_
 Dessa forma, aprimora-se a transparência, a previsibilidade e a responsabilidade na gestão fiscal, em total consonância com a LRF e com as boas práticas de planejamento exigidas pelos órgãos de controle.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
-    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3295/emenda_16_de_2025._p_lei_60_de_2025_1.pdf</t>
+    <t>https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3295/emenda_16_de_2025._p_lei_60_de_2025_2.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA Nº 16/2025_x000D_
 Ao Projeto de Lei nº 60/2025 – LOA 2026_x000D_
 Ementa:_x000D_
 Art. 1º – Ficam incorporadas ao Projeto de Lei nº 60/2025, como Anexos I a XI, as emendas parlamentares individuais apresentadas pelos vereadores, que passam a integrar formalmente a proposição legislativa._x000D_
 Parágrafo único. Os anexos referidos neste artigo correspondem às emendas individuais dos vereadores:_x000D_
 - Vereadora Maria Célia Conte_x000D_
 - Vereador Odair Pereira_x000D_
 - Vereador Luiz Felipe Stafin_x000D_
 - Vereador João Alves_x000D_
 - Vereadora Isabel Cristina Grossl_x000D_
 - Vereador Landivo de Oliveira Gruber_x000D_
 - Vereador Geovane de Lima_x000D_
 - Vereador Élcio Josué Colaço_x000D_
 - Vereador Francisco Veiga_x000D_
 - Vereador Neusa Heuko Swarowski_x000D_
 - Milene Torres Gonçalves Stall_x000D_
 Art. 2º Esta Emenda entra em vigor na data de sua aprovação._x000D_
 _x000D_
 JUSTIFICATIVA_x000D_
 _x000D_
 A presente emenda visa a inclusão das emendas parlamentares individuais formaliza a tramitação adequada, preserva a técnica legislativa e assegura a regularidade do processo orçamentário.</t>
   </si>
   <si>
@@ -10796,56 +10811,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3048/projeto_de_decreto_legislativo_no_01_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3280/projeto_de_decreto_legislativo_n_02_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2418/pd_28801_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2420/pd_29016_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei_altera_ppa.pdf.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2592/p_lei_iniciativa__neusa_heuko_swarowski-projeto_de_resgate_historico_a_historia_de_rio_negro_atraves_de_seus_bairros_e_localidades_.docx.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2601/_p_lei_11_2025-_transparencia_obras_publicas._iniciativa_vereador_geovane_de_lima_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2613/pl_04.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2614/plei_13_substituido.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2628/_p_lei_14.2025-_cria_o_banco_de_ideias_na_camara_municipal_de_rio_negro_e_da_outras_providencias_iniciativa_vereador_odair_pereira.docx_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2629/p_lei_152025-_ficha_limpa._iniciativa_vereador_geovane_de_lima_.docx_3.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2636/p_lei_16.2025._ppa.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2639/plei_17.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2640/p_lei_18._2025.abertura_de_credito_adicional_especial._saude.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2643/p_lei_19.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2655/p_lei_20_._doacao_imovel_._delegacia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2687/pl_altera_estrutura_-_p_lei_22.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2688/pl_carga_horaria._p_lei_23.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2694/pl_24_.2025maio_laranja.docx_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2709/p_lei_altercao_lei_2550-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2715/pl_alt._lei_699_de_23-06-92.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2732/plo_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2733/pl_28.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2734/pl_29.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2735/pl_30.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2736/pl_reposicao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2737/pl_32.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2739/pl_reposicao_vereadores.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2777/plei_34.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2778/pl_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2781/pl_36_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2782/pl_37_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2783/pl_38.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2784/pl_39_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2820/pl_40.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2885/projeto_de_lei_honorarios_de_sucumbencia._porcurador_geral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2892/p_lei_iniciativa_vereadora__maria_celia_conte_-_emenda_-_utilidade_publica__casa__resgate.docx_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2895/p_lei.__refis_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2920/p_lei_xxx2025-_divulgacao_das_listagens_de_pacientes_que_aguardam_por_consultas_com_medicos_especialistas_exames_e_cirurgias_na_rede_publica_do_municipio_de_rio_negro_estado_do_parana_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2934/p_lei_ppa._agosto.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2938/p_lei_ldo._agosto.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2939/p_lei._abertura_de_credito_adicional_especial.agosto.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2940/p_lei._dispoe_sobre_abertura_de_credito_suplementar._agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2954/p_lei_xxx.2025-_fulmicultura.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2988/plei_consorcio_de_educacao_._ciedpar.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3018/plo_51.2025_alteracao_da_lei_1150.1999.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_lei_ordinaria_no_52_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3098/projeto_de_lei_no_53_de_2025_._altera_a_lei_municipal_no_1.254_de_13_de_setembro_de_2001..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3109/p_lei_54-_ppa.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3110/pl_55.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3111/p_lei_56-_credito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3112/pl_57.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3114/plo_58.2025.dispoe_sobre_o_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3116/pl_59.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3117/pl_60.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3118/pl_61.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3119/projeto_de_lei_substitutivo_ao_projeto_de_lei_no._0212025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_63.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3168/pl_64_-_justificativa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3183/pl_65.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3184/pl_66.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3185/pl_67.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3201/p_lo_63.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3212/pl_69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3213/pl_70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3239/projeto_de_lei_71_associacao_moradores_sao_jose.docx_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3243/_p_lei_72._iniciativa_vereador__-_utilidade_publica__associacao_saude_plena.docx.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3251/alteracao_ppa_._nov.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3252/pl_justificativa_e_oficio_ru.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3253/pl_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3311/p_lei_76.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3327/plei_._ppa_._77.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3328/plei_ldo_78.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3329/pl_79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3332/plei_80.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2421/pd_29021_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3199/plc_02.2025._sistema_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3324/plc_3.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3325/plc_4.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2665/resolucao_01.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2666/resolucao__02.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2419/pd_29020_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3019/_mocao_repudio_.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento._01-25_informacoes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/requerimento._02-25_informacoes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/requerimento._03-25_informacoes_sanepar.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2475/requerimento_04.2025_._vereador_geovane_de_lima._podemos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/requerimento_05-25_informacoes_assinado_-_geovane_de_lima.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_06-_2025_._obras_ginasio_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/requerimento_07_._francisco_veiga.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/requerimento_08-25.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2519/requerimento_09-25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2535/requerimento_10.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2545/req._11-25_informacoes_do_hbj_dos_atendimentos_em_2024_sus_unimed_e_particular.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2567/req._12-25_viabilidade_de_impl_delegacia_da_mulher.docx.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2580/requerimento_13-25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2586/req._14-25_votos_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2587/req._15-25_conselhos.pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2606/requerimento_16-25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2610/req.17.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2621/req._018-25_votos_de_louvor-bernardo_kraj.docx_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2618/req._19-_2025_votos_de_louvor-casa_de_resgatedocx.docx_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2626/req._21-25_relatorio_ouvidoria.docx_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2635/requerimento_22-25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2651/requerimento_23_led_vereadores.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2653/req._2425_-_pedido_de_urgencia_kit_orcamentario.docx.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2656/req._25-25_vaga_de_estacionamento_clinica_endocolo.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2664/req._26-25_-_pedido_de_urgencia_plo_doacao.docx.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2667/requerimento_27_-_retirada_da_pauta_pl_11-25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2668/requerimento_28-25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2671/req._29-25_informacoes_rodoviaria.docx_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2680/req._30-_2025_votos_de_louvor-polo_unopar_rio_negro_prdocx.docx_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2681/req._31-25_informacoes_obra_ponte_lencol.docx_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2701/req._32_convite_secretario_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2706/req._33-25._solicitacao_de_informacoes_sobre_o_sistema_fotovoltaico.docx_2.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2722/req._34_-_informacao_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2730/req._35-25_urgencia_pls_26_-_27_-_28_-_29_-_30_-_31.pdf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2719/req._36-25_solicitando_a_secretaria_da_saude_informacoes_aparelhos_de_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2750/req._39-25_mocao_de_aplauso_aos_alunos_da_escola_municipal_de_educacao_especial_tia_apolonia.docx_3.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2742/req._40-25_informacoes_sanepar_sobre_retirada_de_hidrante.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2770/req._41-25_votos_de_louvor-cecm_presidente_caetano_munhoz_da_rocha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2772/req._42-25_informacoes_-_covid.docx.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2779/req._43-25_-_pedido_de_urgencia_plo_34.docx.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2780/req._44-25_-_pedido_de_urgencia_plo_34.docx.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2785/req._45-25_-_pedido_de_urgencia_plei_36_37_38_e_39.docx.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2803/req._46-25_votos_de_louvor-atletas_corrida_de_rua.docx_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2797/req._47-25_solicita_afastamento_de_trinta_dias_de_suas_funcoes.docx.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2798/req._48-25._solicita_ao_executivo_municipal_e_a_secretaria_de_educacao_informacoes_referentes_a_implementacao_da_lei_federal_no_14.681_de_18_de_setembro_de_2023_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2799/req._49-25_solicita_informacoes_sobre_acidente_ocorrido_na_obra_do_posto_de_saude_do_lageado_dos_vieiras_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2801/req._50-25_informacoes_escola_bairro_alto.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2816/requerimento_51-25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2817/req._52-25_solicita_informacoes_detalhadas_sobre_a_implantacao_estruturacao_e_funcionamento_do_fundo_municipal_de_saneamento_basico_e_ambiental__fmsba_instituido_pela_lei_m.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2809/req._53-25_concessao_de_votos_de_louvor_e_congratulacoes_a_empresa_brunnquell_equipamentos_agricolas_e_fumageira_pelos_seus_10_anos_de_atuacao_em_rio_negro.docx_4.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2818/req._54-25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2821/req._55-25_-_pedido_de_urgencia_plei_40.docx_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2823/req._56-25_solicitacao_de_manifestacao_sobre_a_impossibilidade_de_emissao_de_guia_do_itr_em_razao_de_ferias_de_servidor..docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2833/req._57-25_votos_de_louvor-kuka_veiculos.docx_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2842/req._58-25_votos_barao_de_rio_negro.docx.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2843/req._59-25_informacoes_rua_alaor_antunes_do_livramento_-_mig_linde_agm.docx.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2846/req._60-25_informacoes_-castramovel.docx.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2858/req_61.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2862/req_62.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2863/req._63-25_votos_budokan.docx_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2867/req._64.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2868/req._65.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2871/_req._66-25_informacoes_-equipe_ubs.docx_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2873/req._67.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2874/req._68-25_requer_o_encaminhamento_de_oficio_a_copel_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2882/req._69-25_requer_o_encaminhamento_de_oficio_a_autopista_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2905/req._70-25_-_pedido_de_urgencia_plei_41_.docx.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2898/req._71.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2899/req.72.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2903/req.73.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2904/req._74-25_-_pedido_de_urgencia_plei_43.docx.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2906/req.75.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2907/req.76.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2936/req._77-25_votos_de_louvor-sensei_drojildo_e_atletas_de_karate.docx_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2937/req._78-25_votos_colegio_est._ana_schelbauer_braz_de_oliveira.docx.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2948/req._80-25_requer_a_mesa_diretora_o_encaminhamento_de_oficio_a_auto_pista_lombadas_no_trevo_da_norte_fios.docx.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2951/req._81-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2961/req._82-25_convocacao_do_coordenador_do_cmu.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2962/req._83-25_oficio_antt.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2981/req._084-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2992/req._85-25_-_pedido_de_urgencia_plei_50.docx.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2994/req._86-25_requer_a_mesa_diretora_o_encaminhamento_de_oficio_ao_executivo_municipal_informacoes_detalhadas_sobre_o_funcionamento_da_estrategia_saude_da_familia_euclides_jose_de_oliveira_braz.docx.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3006/req._87-25_solicitacao_afastamento_licenca_medica.docx.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3023/req._88-25_votos_schumacher.docx_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3024/req._89-25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3025/req._90-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3029/req.91-2025-medicamentos_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3030/req_92.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3033/req._93-2025-limpa_fossa.docx.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3039/req._94-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3044/req._95.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3051/req._96.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3055/req._97.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3073/req._98-2025_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3074/req._99.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3079/req._100-25_-_pedido_de_urgencia_plei_52.docx.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3080/req._101.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3084/req._102.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3085/req._103.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3093/req._104.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3094/req._105.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3106/req.106-2025._coleta_e_separacao_de_reciclaveis_nas_escolas_municipais.docx.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3107/req._107.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3108/req._108.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3113/req._109-2025_-_pedido_de_urgencia_pleis_54-55-56_e_57.docx.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3131/req._110-25_votos_de_louvor_-_heloisa_fernanda_kuhl_strack.docx.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3135/req._111-2025_votos_de_louvor_-_marli_comochina.docx.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3141/req._112-25_solicita_informacoes_sobre_pam.docx.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3152/req._113-2025_votos_de_louvor_-_jornao_o_regional.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3164/req._114.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3158/req._115-2025_votos_de_louvor_-_jessica_aparecida_cachoroski__mae_atipica__1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3166/req._116-2025_solicita_informacoes_detalhadas_documentos_dos_professores_contratados_pelo_regime_pss.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3174/req._117-2025_votos_de_louvor_-_sonho_meu_meu.docx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3187/req._119-2025_solicita_informacoes_detalhadas_revitalizacao_da_praca_joao_pessoa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3189/_req.120-25_solicitacao_afastamento_licenca_medica_milene.docx.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3190/req._121-2025_votos_de_louvor_-_programa_jovem_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3191/req.122-2025_informacoes_escola_integral_lageado_dos_vieiras.docx.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3192/req.123.2025_votos_de_louvor_-_itaipu.docx.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3193/req.123.2025_votos_de_louvor_-_itaipu.docx.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3205/req._126-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3218/req._128-2025_votos_de_louvor_-_jair_valdemar_e_gerci..docx.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3237/req._129-2025_centro_de_convivencia_henrique_witt.docx.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3238/req._130-2025_-_frota.docx.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3248/req._131-2025_-__votos_de_louvor_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3254/req._132-2025_pedido_de_urgencia_pleis_73-74_e_75.docx.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3264/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3274/req._134-25.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3282/req._135.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3285/req._136-2025_repasses_federais_da_atencao_primaria_a_saude_.docx.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3312/req._137-2025_pedido_de_urgencia_pl_76.docx.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3313/_req._138-25__aneel__agencia_nacional_de_energia_eletrica__providencias_e_informacoes_detalhadas_acerca_das_constantes_falhas_na_rede_de_abastecimento_eletrico_nas_localidades_rurais_do_municipio_de_ri.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3083/parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3147/parecer_comissao_de_financa_e_orcamento_pl__54_55_56_e_57_2025_07-10-2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3137/parecer_da_comissao_de_legislacao_pr_54_55_56_57.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3138/parecer_da_comissao_de_legislacao_pl_53.2025.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2423/ind._01-25_deslizamento_pirambeira.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2424/ind._002-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2425/ind._03_lombas_para_roseira.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2426/ind._04_asfalto_desvio_de_praca_de_pedagio_-_roseira.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2427/ind._005-2025_abastecimento_agua_cunhupa.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_06-25.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_07-25.pdf.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_08-25.pdf.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2432/ind._10-25_dedetizacao_e_implementacao_bocas_de_lobo_inteligente.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2433/ind._011-2025_cronograma_de_atuacao.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2434/ind._012-2025_agua_encanada_nos_queimados.docx.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2436/ind._013-2025_pavimentacao_henrique_lazarini_ulysses_k._moraes_e_wigand.docx.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2437/ind._14-25_of_parabenizando_padre_walmir.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2438/ind._015-2025_patrolamento_e_empedramento_estrada_campina_bonita.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2440/ind._016-25_estacionamento_exclusivo_tea.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ind._017-25_levantamento_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2442/ind._018-25_ampliacao_atendimento_gestantes_em_mafra_sc.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2443/ind._019-25_construcao_quadra_na_academia_ao_ar_livre.docx.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2444/ind._20-25_van_exclusiva_pacientes_de_radioterapia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2445/ind._21-25_construcao_box_feira_do_protudor_e_outros.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2446/ind._022-25_melhorias_anti_po_rua_goias.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_023-2025_rocada_ruas_lageado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2448/ind._024-2025_estudo_sobre_alteracao_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2451/ind._025-25_solicitacao_de__instalacao_de_agua_encanada_na_localidade_da_campina_dos_martins.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2452/ind_26-25.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/ind_27-25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/ind_28-25.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2455/ind._029-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_030-25_asfalto_rua_francisco_ranquel.docx.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_031-25.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_32-25_alimentacao_para_criancas_com_restricao_escola_municipais.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/ind._033-25_manutencao_rua_alfredo_ricardo_koster.docx.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_034-25.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_035-25.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_36-25.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/ind_37-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_38-25.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/ind_39-25.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/ind._40-25.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/ind._41-25.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/ind_42-25.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2471/ind_43-25.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2472/ind_44-25.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2473/ind_45-25.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2474/ind_46-25.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2476/ind._47-25.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2479/ind._48-25.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2478/ind._49-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2480/ind_50-25.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2481/ind_51-25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ind_52-25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_53-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_55-25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/ind_56-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/ind._57-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_58-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_59-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/ind._060_patrolamento_empedramento_retiro_bonito.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/ind._061-25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/ind._062-25.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/ind._63-25.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/ind._064-25_.docx.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/ind._65-25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/ind._066_patrolamento_e_empedramento_da_rua_dirce_marta_strinzinger.docx_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/ind._67-25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ind._068-25_bancos_no_posto_saude_iraja_martins.docx_ass.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ind._069_alargamento_lajotamento_e_calcadas_vicente_maia.docx.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/ind._070_parque_infantil_e_academia_na_campina_dos_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/ind._071_contratacao_de_dentista_posto_de_saude_ayres_hirt_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/ind._72-25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/ind._73-25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/ind._74-25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/ind._75-25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2508/ind.76-25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/ind.77-25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/ind.78-25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/ind._079-2025_criacao_de_plano_de_uso_e_ocupacao_de_areas_fluviais_e_implantacao_de_parque_fluvial_no_rio_negro.docx_-_documentos_google_assinado.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/ind_80-25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/ind_81-25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2516/ind._82-25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/ind._83-25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2524/ind._84-25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2525/ind._85-25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2526/ind.86_veiga.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2527/ind._87.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2528/ind._88_iluminacao_publica_retiro_bonito.docx_1.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2529/ind._89-25_refazimento_da_rua_ignacio_schelbauer.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2530/ind._90-25_melhorias_e_pavimentacao_rua_tiete.docx.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2531/ind._91-25_rua_valdemar_schimidtz.docx.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2532/ind._92-25_reitera_ind._006_24_passagem_elevada_na_rua_vicente_machado.docx.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2533/ind._93-25_reitera_ind._016_24_centro_dia_do_idoso.docx.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2534/ind._094_2025._implantacao_de_dm_rua_maximiano_pfeffer.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2536/ind._095-2025_solicitacao_de_readequacao_de_sentidos_de_ruas_centro.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2537/ind._096-2025_solicitacao_de_implantacao_de_faixa_de_conflito_nas_ruas_principais.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2538/ind._97-25_bueiro_em_frente_propriedade_evandro_jose_palhano_e_antonio_na_barra_grande.docx_1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2539/_ind._98-25_bueiro_na_estrada_velha_da_lapa_propriedade_sr_celso_raduski.docx_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2540/ind._99-25_empedramento_e_patrolamento_na_estrada_que_da_acesso__a_propriedade_do_senhor_algacir_haide.docx_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_100-2025_solicitacao__implantacao_de_ponto_de_onibus_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2542/ind._101-25_sinalizacao_revitalizacao_do_centro_historico_cidade.docx_1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ind._102-2025_instalacao_de_lombada_em_frente_a_escola_mun._eraldo_germano_plautz2c.docx_-_documentos_google_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2544/ind._103-2025_elaboracao_de_projeto_para_asfaltamento_da_rua_miguel_grein.docx_-_documentos_google_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2546/ind._104-2025_solicitacao_de_banheiros_unidade_de_saude_luiz_milchevski.docx.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2547/ind._105-2025_extensao_da_rede_de_iluminacao_publica_na_rua_ervino_ernesto_brunnquell.docx.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2548/ind_106-2025_solicitacao_manutencao_de_bueiros_e_estrada_familia_batista_implantacao_de_ponto_de_onibus_.docx.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2549/ind._107-2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2550/ind._108-25_abertura_de_ubs_-_cunhupa.docx_1.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2552/ind._109-2025estacionamento_rotativo_correios.docx_1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2553/ind._110-2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2554/ind.111-25.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2555/ind.112._cascalho_avicultor._lei_3271.2023._retiro_bonito.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2556/ind._113-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2557/ind._114-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2558/ind._115-25.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2559/ind._116-25.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2560/ind._117-25_reparos_arthur_caeser.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2561/ind._118-25.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2562/ind._119-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2563/ind._120-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2564/ind._121-2025_melhorias_informacoes_coleta_de_lixo_no_site_pmrn.docx_4.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2565/ind._122-2025_recolocacao_das_lixeiras_na_saida_da_ponte_metalica.docx_5.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2566/ind._123-2025_regravacao_do_hino_da_cidade.docx_4.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2569/ind._124-2025_manutencao_bueiro.docx.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2570/ind._125-2025_inst.de_lampada_poste_-_casa_maria_erli.docx.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2571/ind._126-2025_recapeamento_trecho_maximiano_pfeffer.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2573/ind._128-25_abertura_nova_ubs.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2574/ind._129-25_manutencao_asfalto_pirambeira.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2575/ind.130.ponto_de_embarque_de_passageiros_roseira.docx_1.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2576/ind.131.__extensao_da_rede_de_micro_sistema_de_agua._retiro_bonito.docx_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2577/ind._132-25_estacionamento_ubs_jorge_hirt.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2578/ind._133-25_substituicao_ag._comunitaria.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2579/ind.134-25_manutencao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2581/ind._135-25_material_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2582/ind.136-25_empresa_vig._nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2583/ind.137-25_rocada_rua_frei_eraldo_maria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2584/_ind._1382025_reabertura_ubs_-_lageado_dos_cordeiros.docx_1.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2585/_ind._1392025_implantacao_ubs_-_areia_fina.docx_1.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2588/ind._140_2025._solicitar_mais_um_psicologo_para_roseira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_141-2025_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2590/ind_142-2025_solicitacao_de_apoio_ao_esporte_associacao_areia_finalocal.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2591/ind._143-2025r._francisco_rankel.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2593/ind._144-25_limpeza_da_creche_tia_fani.docx_1.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2594/ind._145-25_construcao_de_galeria_na_baixada_do_detran.docx_1.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2596/ind.147-25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2597/ind.148-25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2598/ind._149-25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2599/ind.150-25.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2600/ind.151-25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2602/ind._152-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2603/ind._153-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2604/ind.154-25.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2605/ind._155-2025_lombada_na_rua_afonso_nemtwig_-_documentos_google_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2607/ind._156-25_aparelho_calistebia_para_pracas.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2608/ind.157-25.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2609/ind.158.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2611/ind.159.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2612/ind.160.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2615/ind.161.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2616/ind.162.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2617/ind._16325_melhorias_na_rede_eletrica_interior.docx_1.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2619/ind._164.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2622/ind._165-25_solicitacao_de_envio_de_oficio_ao_dnit_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2623/ind._166-25_solicitacao_de_instalacao_de_camera_no_trevo_da_norte_fios.docx_2.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2624/ind.167.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2625/ind.168.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2630/ind.169.2025._buraco_na_rua_.docx.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2631/ind._170-25_asfalto_nas_ruas_do_transporte_coletivo.docx.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2632/ind._171-25_estudos_para_realizar_sessoes_de_radio_e_quimio_no_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2633/ind._172-25_faixas_elevadas_em_torno_da_escola_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2634/ind._173.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2637/ind._174-2025.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2638/ind._175-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2641/ind._176.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2642/ind_177-2025_instalacao_de_lombada_ou_redutor_de_velocidade_na_rua_luiz_nepell.docx_1.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2644/ind._178-25_redimensionar_bueiros_na_rua_fausto_pererira.docx_2.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2645/ind._179-25_abertura_de_rua_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2646/ind._180-25_isencao_iptu_portadores_doenca_grave.docx_2.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2647/ind._181-2025.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2648/ind._182-25_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2649/ind._183-2025.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2650/ind_184-25_fundo_pessoa_deficiente.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2652/ind._185.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2654/ind._186-2025._corte_pinheiro_escola_joao_da_silva.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2657/ind._187.2025.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2658/ind._188-25_continuacao_do_asfalto_sitio_dos_valerios.docx_1.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2659/ind._189-25_manutencao_dos_pontos_de_onibus_fazendinha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2660/ind._190-25_manutencao_brinquedos_parque_caixa_dagua_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2661/ind._191-25_colocacao_de_placas_indicativas_de_pontos_importantes_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2662/ind._192-25_recuo_na_rua_lauro_porto_lopes.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2663/ind._193-25_acoes_com_terceira_idade.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2669/ind._194-2025._vaga_estacionamento_especial.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2672/ind._195-25_manutencao_asfaltica_na_rua_ernesto_saboia.docx.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2673/ind._196-25_coleta_de_remedios_vencidos.docx.pdf.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2674/ind._197_calcadas_petit_pavet.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2675/ind._198-25_lombadas_capela_santa_terezinha.docx.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2676/ind._199-25_colocacao_de_lixeiras_na_capela_do_laranjal.docx.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2677/ind._200-25_equipamentos_em_pracas_e_areas_de_lazer_para_pessoas_com_deficiencia_e_ou_mobilidade_reduzida.docx_2.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2678/ind._201-2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2679/ind._202_2025._implantacao_de_faixa_rua_dr._vicente_machado.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2682/ind._203-25_reforma_muros_ubs_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2683/ind._204-25_alargamento_e_sinalizacao_estrada_da_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2684/ind._205-2025_uso_de_epi.docx_-.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2685/ind._206-2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2686/ind._207-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2691/ind.__208.2025__inspecao_ponte_rodrigo_ajace.docx_1.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2692/ind.__209.2025_._oficio_ao_estado_3a_ponte_docx.docx_1.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2693/ind_210-2025_reuniao_secr_da_educacao_com_municipio_de_pien.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2695/ind._211_2025._relocacao_de_ponto_de_onibus.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2696/ind._212-25_refazimento_comunicacao_visual_placas_nucleo_prevencao_de_violencia.docx_1.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2697/ind._213-25_patrolamento_e_empedramento_na_estrada_acesso_valdevino_veiga_tereza_e_aldemar_haide.docx.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2698/ind._214-25_empedramento_na_granja_do_sr_mauricio_localidade_maitaca.docx.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2699/ind._215-25_manutencao_nas_lampadas_dos_postes_nas_ruas_cristia_buch_e_artur_cesar.docx.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2700/ind._216-25_estacionamento_em_um_lado_da_rua_prof._mirtes_ferreira.docx.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2702/ind._217-25_fiscalizacao_fios_caidos.docx_2.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2703/ind._218-25_instalacao_parque_infantil_na_localidade_da_fazendinha_ii.docx_1.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2704/ind._219-25_recapeamento_da_rua_que_da_acesso_a_vila_sao_judas_tadeu.docx_1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2707/ind._220-2025._solicitacao_de_estudo_para_melhorias_viarias_na_rua_boleslau_paluch_2.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2710/ind._221-2025_pavimentacao_e_calcadas_rua_dr.elymar_v.linsingen.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2711/ind._222-2025_cascalho_avicultor._lei__3271.2023._jaime_veiga.docx.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2712/ind._223-25_cascalho_sr_leonardo_novak_roseira.docx.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2713/ind._224-25_tachoes_nas_ruas_severo_de_almeida_antonio_j._correa_e_miguel_grein.docx.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2714/ind._225-25_reforma_e_manutencao_de_equipamentos_ubs_antonio_bossi.docx.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2717/ind._226-25_realocacao_e_a_pintura_de_outra_faixa_de_pedestres.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2718/_ind._227-2025._solicitacao_de_vistoria_estrada__da_lapa.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2720/ind._228_oficio_dep.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2721/ind._229-25_solicitacao_de_estudos_para_viabilizacao_da.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2723/ind._230-2025_pintura_das_lombadas_lageado_dos_vieiras.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2724/ind._231-2025_instalacao_de_telas_de_protecao_atras_das_traves.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2725/ind._232-2025_instalacao_de_lombada_campo_sao_jose_f.c.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2726/ind._233-25_instalacao_academia_ao_ar_livre_e_parque_infantil_na_localidade_lageado_das_mortes.docx.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2727/ind._234-25_destinacao_do_centro_da_juventude_no_bairro_volta_grande.docx.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2728/ind._235-25_frente_de_conscientizacao_coleta_seletiva_de_lixo_associacoes_e_escolas.docx.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2729/ind._236-25_realocacao_ponto_de_onibus_rua_jose_eduardo_hening_quase_esquina_com_a_rua_jacob_fuchs_.docx.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2741/ind._237-25_instalacao_de_sinalizacao_na_bifurcacao_das_ruas_rua_jose_jaime_ruthes_sentido_roseira_rua_ervino_paulo_weinschultz_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2743/ind._238-25_placas_de_identificacao_das_localidades_no_interior.docx_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2744/ind._239-2025_instalacao_de_lixeiras.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2746/ind._240-25_estudos_de_viabilidade_e_criacoa_de_projeto_para_construcao_de_uma_ponte_na_estrada_que_liga_cunhupa_ao_retiro_bonito.docx.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2747/ind._241-25_rocada_e_arrumacao_da_calcada_otto_buch.docx.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2748/ind._242.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2749/ind._243-25_realocacao_da_placa_publicitaria__que_hoje_esta_localizada_as_margens_da_br_116_proximo__do_rio_passa_tres_e_do_frigorifico_primaz_para_a_real_divisa__dos_municipios__de.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2751/ind._244-2025_estudo_implantacao_de_lombada_col.caetano.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2752/ind._245-2025._recapeamento_asfaltico_das_ruas_henrique_stalke_e_fausto_pereira_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2753/ind._246-25_destinacao_de_absorventes_para_rede_publica_municipal.docx.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2754/ind_247-2025_servicos_publicos.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2760/ind._248-2025._limpeza_bueiro_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2761/ind._249-2025._limpeza_manut_constr_calcada_rua_governador_moises_lupion_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2762/ind._250-2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2763/ind._251-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2764/ind_252-2025_ponte_ovelhas.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2765/ind._253-2025_instalacao_ponto_de_onubus_lencol.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2766/ind._254-2025_vistoria_tecnica_portal_vila_rural.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2767/ind._255-25_manutencao_rua_professor_jose_gribosio.docx_-_documentos_google_2.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2768/ind._256-25_abertura_prolongamento_da_rua_otavio_ribas_da_cruz.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2769/ind._257-2025._pavimentacao_rua_miguel_valerio_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2771/ind._258-25_manutencao_rua_henrique_stalk.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2773/ind._259-25_restauracao_geral_do_portal_alemao_bucovino_e_do_cruzeiro_bucovino_.docx.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2774/ind._260-25_sacos_de_rafia_da_coleta_seletiva.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2775/ind._261-25_manutencao_rua_fausto_pereira.docx.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2776/ind._262-25_manutencao_rua_dirce_marta_stritzinger.docx.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2788/ind._263-25_manutencao_na_rua_severo_de_almeida_esquina_com_a_carlos_weill.docx_1.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2789/ind._264-25_manutencao_na_ubs_iraja_martins.docx_1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2790/ind._265_2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2791/ind._266_2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2792/ind._267-2025_cascalho_avicultor._lei__3271.2023._mario_ruthes.docx_1.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2793/ind._268-2025_cascalho_avicultor._lei__3271.2023._berenici_m._kubiak_luciano.docx.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2794/ind._269-2025_extencao_da_rede_eletrica_vila_rural.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2795/ind._270-2025_calcada_na_rua_jacob_augusto_ritzmann.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2796/ind._271-25_ciclo_faixa_na_r_boleslau_paluch.docx_2.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2800/ind._272-2025._relocacao_de_postes_e_rede_eletrica_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2804/ind._273-25_manutencao_na_rua_dr_pacheco.docx.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2805/ind._274-25_manutencao_na_estrada_do_sitio_dos_hirt_bom_retiro_estrada_que_liga_na_fazendinha.docx.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2806/ind._275_patrolamentoestrada_ovelhas.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2807/ind._276-2025_cascalho_avicultor._lei__3271.2023._mauricio_schelbauer.docx.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2808/ind._277-25_instalacao_de_lixeiras_externas_na_ubs_antonio_abdala.docx.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2810/ind._278-2025._extencao_de_rede_eletrica_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2811/ind._279-2025._solicitacao_de_manutencao_do_monumento_em_homenagem_a_max_wolf_filho_1.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2812/ind._280-2025._solicitacao_de_limpeza_das_manilhas_do_arroio_da_viuva_1.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2813/ind._281-2025_tubulacao_rua_jacob_augusto_ritzmann_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2814/ind._282-2025_alargamento_da_ponte.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2815/ind._283-25_solicita__criacao_de_uma_linha_de_onibus_ligando_o_lageado_a_rio_negro.docx.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2825/ind._285-2025_cascalho_avicultor._lei__3271.2023._claudio_ruthes.docx_1.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2826/ind._286-2025_cascalho_avicultor._lei__3271.2023._maurilio_ruthes.docx_1.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2827/ind._287-25_implantacao_de_lombadas_na_rua_severo_de_almeida.docx_1.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2828/ind._288-2025_melhorias_na_rua_boleslau_paluch.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2829/ind_289-2025..pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2830/ind._290-2025_24m3_cascalho_pra_sr_claudio_kazatt.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2831/ind._291.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2832/ind._292.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2838/ind._293.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2839/ind._294.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2840/ind._295-25_manutencao_na_ponte_do_passa_tres_acesso_a_prefeitura.docx.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2841/ind._296-25_manutencao_pontos_de_onibus_do_bairro_seminario.docx_1.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2844/ind._297.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2845/ind._298.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2847/ind._299-25_manilhamento_empedramento_e_alargamento_da_rua_palmira_becker_no_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2848/ind._300-25_implantacao_de_faixa_elevada_na_rua_dr._vicente_machado.docx.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2849/ind._301-2025_manutencao_da_estrada_leonor_claudio.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2850/ind._302-2025_manutencao_da_estrada_familia_fagundes.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2851/ind._303-2025._solicitacao_de_limpeza_terreno_notificacao_ao_proprietario_na_rua_isauro_ruthes_vila_sao_judas_tadeu_2_1.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2852/ind._304-2025_manutencao_da_estrada_acesso_a_wd_moveis_ltda.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2853/ind._305-2025_lombada_retiro_bonito.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2854/ind._306-2025_iluminacao_na_academia_ar_livre.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2855/ind._307-25_manutencao_nas_bocas_de_lobo_da_rua_xv_de_novembro_em_frente_ao_numero_1221.docx.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2856/ind._308.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2857/ind._309-25.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2864/ind._310-2025_cascalho_lei__3271.2023._jorge.docx_1.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2865/ind._311-2025_cascalho_lei__3271.2023._sebastiao_kmiecik.docx.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2866/ind._312.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2869/ind._313-2025._solicitacao_patrolamento_e_empedramento_acesso_tatiana_maria_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2870/ind._314-2025._solicitacao_patrolamento_e_empedramento_estrada_laranjal_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2872/ind._315.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2876/ind._317_poco_artesiano_sitio_dos_hirt.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2877/ind._318-2025_patrolamento_estrada_roseira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2878/ind._319-2025_patrolamento_cunhpa.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2879/ind._320-2025_patrolamento_acesso_josimar.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2880/ind._321-2025_atendimento_sub-prefeitura.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2881/ind._322.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2886/ind_323-2025_patrolamento_estrada_professora_ramira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2887/ind_324-2025_patrolamento_estrada_ovande_hirth.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2888/ind._325.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2889/ind._326-25_limpeza_de_terreno_na_rua_ludovico_schuster.docx_3.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2890/ind.327.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2891/ind._328.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2893/ind._329-2025_40m_pedra_jose_elias_portela_cunhpa.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2894/ind.330.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2896/ind._331-2025_oficio_deputado_felipe_franscischini.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2897/ind._332-25_manutencao_na_rua_capitao_joao_bley_esquina_com_as_ruas_xv_de_novembro_e_dr_vicente_machadoxv_de_novembro_em_frente_ao_numero_1221.docx.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2900/ind._333-25_substituicao_do_poste_em_frente_a_ubs_antonio_abdala.docx.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2901/ind._334-25_manilhamento_empedramento_e_alargamento_da_rua_maria_de_lourdes_teixeira_da_cruz_no_bairro_alto..docx_1.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2902/ind._335-25_adequacao_com_tartarugas_na_rotatoria_da_rua_barao_do_rio_branco.docx.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2908/ind._336.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2909/ind._337-2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2910/ind._338.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2911/ind._339-2025_patrolamento_estrada_roseira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2912/ind._340-2025_patrolamento_estrada_roseira_linha_velha.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2913/ind._341.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2914/ind._342.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2915/ind343.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2916/ind.344.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2917/ind._345-2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2918/ind._346-2025_cascalho_eliane_aparecida_zielinski_fazendinha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2919/ind._347-25_seguranca_guarda_no_centro_da_juventude_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2935/ind_348-2025.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2941/ind._349-2025_lixeira_coletiva_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2943/ind._350-2025_reparos_na_rua_luduvico_schuster_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2944/ind._351-2025_patrolamento_e_empedramento_na_rua_vitorio_lazarino.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2945/ind._352-2025._pedra_para_sra._terezinha_alvez_dos_santos_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2946/ind._353-2025._estudo_de_implantacao_de_lombada_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2947/ind._354-2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2949/ind._355.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2950/ind._356.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2952/ind._357-25_reparos_e_manutencao_nas_rotatorias_do_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2953/ind._358-25_implantacao_de_teatro_nas_escolas_publicas.docx.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2955/ind._359-2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2956/ind._360-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2957/ind._361-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2958/ind._362-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2959/ind._363-2025_estudo_de_estacionamento_rotativo.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2960/ind._364-2025._atendimento_a_gestantes_de_alta_complexidade_na_maternidade_de_mafra_sc.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2964/ind._365-25_indicacao_de_nome_de_rua_para_adriano_andrigo_pires.docx.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2965/ind._366-25_construcao_de_parque_esportivo_no_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2966/ind._367-25_indicacao_de_lajotar_o_subidao_dos_queimados.docx.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2967/_ind._368-25._construcao__de_um_parquinho__para_pet_.docx.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2968/ind._369.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2970/ind._370-25_realizacao_de_feiras_para_demonstracao_de_produtos_fabricado_em_rio_negro.docx.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2971/ind._371-2025.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2972/ind._372-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2973/ind._373-2025.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2974/ind._374-2025.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2975/ind._375-2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2976/ind._376-25_solicita__aquisicao_de_camionete_com_plataforma_elevada_e_curso_de_nr_35_aos_servidores.docx_2.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2979/ind._377-2025.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2982/ind._378-25_manilhamento_e_limpeza_terreno_na_rua_kalil_gemael.docx.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2983/ind._379-25_revitalizacaoiluminacao_cercamento_e_instalacao_de_academia_ao_ar_livre_e_parque_infantil_no_terreno_da_esquina_das_ruas_othon_ferraz_com_joao_teodoro.docx.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2984/ind._380-2025.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2985/ind._0381-2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2986/ind._382-2025_1.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2990/ind_383-2025.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2991/ind_384-2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2993/ind._0385-2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2995/ind._386-25_solicita_vistoria_tecnica_na_rua_afonso_nentwig_para_averiguar_risco_estrutural_em_postes_de_energia_eletrica_apos_rebaixamento_da_via_durante_obra_de_pavimentacao..docx.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2996/ind._387-25_manutencao_da_estrategia_saude_da_familia_euclides_jose_de_oliveira_braz_na_localidade_da_fazendinha.docx.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2997/ind._388-2025_1.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2998/ind._389-25_manutencao_no_elevador_d_camara.docx.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2999/ind._390-25_inclusao_no_programa_de_pavimentacao_a_rua_jose_augusto_soares_mariano.docx.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3000/ind._391-25_inclusao_no_programa_de_pavimentacao_a_rua_dorival_tomaz.docx.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3002/ind._392-2025_1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3003/ind._393-2025_1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3004/ind._394-25_solicita_pl_que_autorize_o_municipio_fazer_o_parcelamento_de_debitos_tributarios_e_nao_tributarios_inscritos_ou_nao_em_divida_ativa.docx.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3005/ind._395-25_manutencao_no_banheiro_da_praca_do_portal_de_entrada_da_cidade_em_frente_a_afubra.docx.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3007/ind._396.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3008/ind._397-2025_cascalho_aroldo_weber.docx.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3009/ind._398-2025_1.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3010/ind._399-2025_1.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3011/ind._400-2025.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3013/ind._401-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3014/ind._402-25_criacao_de_remansos_refugios_em_estradas_vicinais_do_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3015/ind._403.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3016/ind._404-2025.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3017/ind._405-20251.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3020/ind._406-25_nomear_a_praca_na_esquina_das_ruas_othon_ferraz_com_joao_teodoro_com_o_nome_everton_rodrigues_bastos.docx.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3021/ind._407-25_manutencao_na_rua_cel_joaquim_teixeira_saboia.docx.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3022/ind._408-25_campanha_municipal_de_conscientizacao_do_uso_da_internet.docx.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3026/ind._409.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3027/ind._410-25_manutencao_nos_terrenos_do_entorno_do_memorial_de_luxemburgo.docx.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3028/ind._411_2025_1.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3031/ind._412_2025_1.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3032/ind._413_2025.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3036/ind_414-2025_implantacao_lombada.docx.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3037/_ind_415-2025_empedramento_rua_expedicionario_manoel_elias_portela_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3038/ind_416-2025_lombada_elevada_com_faixa_de_pedestres_na_esquina_da_avenida__francisco_xavier_da_silva_e_na_rua_cel._nicolau_bley_neto.docx.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3040/ind._417.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3041/ind._418.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3042/ind._419-25_informacao_sobre_o_imovel_na_rua_barao_do_rio_branco_no_518.docx.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3043/ind._420-25_continuacao_das_obras_de_calcada_e_lombadas_na_juvenal_ferreira_pinto_reitera.docx.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3045/ind_421.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3046/ind._422-2025.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3047/ind._423-2025.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3052/ind._424-25_instalacao_de_lixeira_sitio_dos_valerio.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3058/ind._425.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3059/ind._426-25_solicita_a_manutencao_na_placa_que_indica_as_localidades_barra_grande_e_fazendinha.docx.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3060/ind._427-25_reitacao_manutencao_rua_alfredo_ricardo_koster.docx.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3061/ind._428-25_acordo_de_cooperacao_do_municipio_com_a_apae.docx.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3062/ind._429-25_solicita_lombada_na_rua_ignacio_scheubauer_principalmente_com_a_travessa_zigmundo_faszankno_bairro_passo_do_valo._.docx.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3063/ind_430-2025_estudo_abertura_turma_uab..docx.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3064/ind._431-2025.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3065/ind._432-2025.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3066/ind._433-25_solicita_envio_de_oficio_para_dep._est._flavia_francischini_solicitando1_km_de_alfalto__continuacao_da_pavimentacao_ate_vicente_maia.docx.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3067/ind._434.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3068/ind_435._2025_estudos_para_regularizacao_fundiaria.docx.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3069/ind._436-25_asfalto_gracita_costa_cordeiro.docx_2.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3070/ind._437.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3071/ind._438-25_substituicao_do_poste_em_frente_a_ubs_antonio_abdala.docx.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3072/ind._439.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3075/ind._440-25_solicita__colocacao_de_bebedouros_nas_pracas_municipais.docx.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3081/ind._441-2025._inclusao_do_pam_na_rota_da_patrulha_municipal_com_enfase_no_periodo_noturno..pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3086/ind._442-2025.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3087/ind._443-25_solicitacao_ao_municipio_que_construa_um_barracao_na_campina_dos_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3088/ind._444-25_solicita_a_instalacao_de_luzes_com_cores_de_campanha_em_predios_publicos.docx.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3089/ind._445-25_reitera_o_pedido_de_carteirinha_para_portadores_de_fibromialgia.docx.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3090/ind_446.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3091/ind._447.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3092/ind._448.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3095/ind._449-25_solicitando_oficio_para_o_dep_alexandre_curi-combinado.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3099/_ind_450-2025_solicitacao_de_guard_rail..docx_1.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3100/ind._451-2025_lombada_em_frente_ao_posto_m7.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3101/ind._452.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3102/ind._453-2025_patrolamento_estrada_secundaria_sitio_dos_valerios.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3103/ind._454-2025_estudo_implantacao_de_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3104/ind._455.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3105/ind._456-2025._revisao_plano_de_manejo_parque_ecoturistico.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3120/ind._457-25_solicitando_a_colocacao_de_manilhas_e_lajotas_nas_ruas_do_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3121/ind._458-25_solicitando_a_recolocacao_dos_brinquedos_na_praca_ao_lado_da_caixa_dagua_do_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3122/ind._459-25_solicita_ao_executivo_hidroginastica_para_portadores_de_fibromialgia_e_outro_pacientes_que_necessitem.docx.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3125/ind._460-25_solicita_ao_executivo_apresentacoes_natalinas_no_bairro_bom_jesus.docx.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3126/ind._461-25_solicita__corte_de_pinheiro_na_beira_da_estrada_da_roseira.docx.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3127/ind._462-25_solicita__visita_tecnica_da_sanepar_na_rua_ervino_paulo_weinschuster.docx.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3128/ind._463-25_solicita__colocacao_de_lombadas_na_rua_ervino_paulo_weinschuster_na_localidade_da_roseira_.docx.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3129/ind._464.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3130/ind._465.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3132/ind._466-2025_manutencao_cobertura_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3133/ind._467-2025_patrolamento_estrada_retiro_bonito.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3134/ind._468-2025_patrolamento_acesso_secundario_sitio_dos_valerios.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3139/ind._469-2025._manutencao_calcadas_estadio_municipal_ervino_metzger.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3140/ind._470-2025._faixa_elevada_av_general_plinio_tourinho.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3142/ind._471.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3143/ind._472.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3144/ind.473.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3145/ind._474-2025_protocolar_intencao_junto_a_cohapar.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3150/ind._475-2025_jardim_do_sentido_1.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3151/ind._476-25_solicita_envio_de_oficio_ao_simepar.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3153/ind._477.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3154/ind._478.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3155/ind._479-2025_manutencao_iluminacao_retiro_bonito.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3156/ind._480-25_solicita__manutencao_nas_floreiras_muros_e_pintura_de_vagas_estacionamento_na_saida_ponte_metalica.docx.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3157/ind._481-25_solicita__ao_executivo_que_envie_oficio_ao_secretario_da_agricultura_do_pr_sr_marcio_nunes.docx.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3159/ind._482-25_solicita_estudos_para_revisao_plano_de_carreira_dos_professores.docx.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3160/ind._483-25_reiterar_o_pedido_de_manutencao_asfaltica_na_rua_ernesto_saboia.docx.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3161/ind._484-25_solicita_ao_executivo_poda_ou_abate_do_pinheiro_na_rua_joao_vieira_ribas_no_496.docx.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3162/ind._485-25_reitera_pedido_de_academia_ao_ar_livre_na_comunidade_do_laranjal.docx.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3163/ind._486-25_manutencao_na_estrada_da_fazendinha_i_acostamento_e_passeio_e_colocacao_de_pedras_na_entrada_das_propriedades.docx.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3165/ind._487.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3169/ind._488.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3170/ind._489-25_solicita_ao_executivo_a_relocacao_da_santa_mae_rainha_e_tres_vezes_admiravel_de_schoenstatt.docx.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3171/ind._490-25_solicita_ao_executivo_a_revogacao_do_decreto_148-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3172/ind._491-25_solicita_ao_executivo_a_formulacao_de_um_projeto_de_lei_onde_os_profissionais_da_educacao_possam_usufruir__da_merenda_escolar.docx.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3173/ind._492-25__inclusao_de_novas_areas_no_planejamento_de_expansao_da_rede_de_saneamento_basico_do_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3175/ind._493-2025_manutencao_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3176/ind._494-25_solicita__continuidade_na_abertura_da_rua_marta_kreibch_lauer_.docx.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3177/ind._495-2025_manutencao_rua_bairro_tijuco_preto.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3178/ind._496-2025_encaminhar_oficio_ao_deputado_estadual_thiago_buhrer.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3180/ind._497-25__manutencao_bueiro_na_roseira.docx.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3181/ind._498-2025._contratar_profissional_para_conduzir_os_exercicios_na_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3182/ind._499.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3188/ind._500-25__implantacao_de_lombadas_na_rua_alfonso_nentwig.docx.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3194/ind._501.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3195/ind._502-25_reitera_as_indicacoes_06_2024_e_92_2025_lombada_na_vicente_machado.docx.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3196/ind._503-25_solicita_lombada_na_rua_thomaz_becker.docx_1.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3197/ind._504-25_solicita_empedramento_e_patrolamento_no_lageado_dos_cordeiros.docx_1.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3198/ind._505-25_solicita__abate_de_pinheiros_no_abrigo_de_caes_sao_francisco..docx_1.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3200/ind._506-25__continuacao_do_asfalto_na_rua_alfonso_nentwig.docx.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3203/ind._507-2025_manutencao_na_estrada_da_comunicade_do_lencol.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3204/ind._508-2025_manutencao_subida_da_rua_do_paulinho.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3216/ind._509-2025_instalacao_de_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3217/ind._510-25__canalizacao_na_rua_da_volta_grande.docx.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3219/ind._511.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3220/ind._512.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3221/ind._513.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3222/ind._514-2025.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3223/ind._515-2025.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3224/ind._516-2025.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3231/ind._517-2025._empedramento_estrada_da_barra_grande_1.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3234/ind._518.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3235/ind._519-25__solicita_pavimentacao_no_trecho_restante_da_rua_joao_alfredo_kuhl.docx.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3236/ind._520-25__melhorias_na_rua_paulo_schafhauser_baiirro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3240/ind._521.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3241/ind._522_2025._manut_estr_geral_campina_bonita.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3242/ind._523_2025._manut_estr_roseira.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3244/ind._524-2025_patrolamento_rua_arnoldo_bley.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3246/ind._525-2025_patrolamento_estrada_do_cunhupa.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3247/ind._526-2025._planejamento_sinalizacao_e_comunicacao_das_intervencoes_de_transito.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3255/ind._527.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3258/ind._528-25__melhorias_na_praca_da_rua_antonio_hening_parque_infantil_e_campo_de_futebol.docx.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3259/ind._529-2025.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3260/ind._530-2025.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3261/ind._531_2025.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3262/ind._532-2025..pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3265/ind._533-25__manutencao_do_ponto_de_onibus_da_rua_antonio_hening_esquina_com_a_antonio_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3266/ind._534-25__mudanca_do_ponto_de_onibus_da_rua_teodoro_bagio_e_colocacao_ponto_de_onibus_na_rua_markus_anton_fendel.docx.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3267/ind._535-2025.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3268/ind._536-2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3269/ind._537.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3270/ind._538.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3271/ind._539.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3272/ind._540.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3273/ind._541.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3281/ind._542.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3283/ind._543.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3284/ind._544.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3296/_ind._545-2025._reparo_ginasio_escola_municipal_celson_catalan.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3314/ind._546-25_solicita_lombada_na_rua_antonio_marques.docx.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3315/ind._547-2025.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3316/ind._548-2025_1.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3317/ind._549-25_solicita__ao_executivo_poda_das_arvores_na_creche_lenir_rodrigues.docx.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3318/ind._550-25_solicita__ao_executivo_poda_das_arvores_no_viaduto_da_rua_jacob_fuchs..docx.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3319/ind._551-25_solicita__ao_executivo_maior_atencao_e_cuidado_no_patrolamento_das_estradas_do_interior_passo_do_valo.docx.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3320/ind._552-2025.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3321/ind._553-2025_1.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3323/ind._554_2025_1.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2689/emenda_ao_projeto_11.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2690/emendas_ao_projeto_lei_15_2025.1.docx_1.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2708/projeto_de_emenda_ao_projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2731/proposta_emenda_4_lei_15_2025_1.docx.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2787/emenda_5.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2977/emenda_modificativa_projeto_de_lei__42.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3057/emenda_aditiva_p_lei_51.2025.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3146/emenda_modificativa_projeto_de_lei__53.2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3229/emenda_9_pl_65.2025.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3230/emenda_10_pl68_2025.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3232/projeto_de_emenda_pl_44_2025_1_1.docx.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3250/emenda_12__pl_61.2025.docx_-_documentos_google_3.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3290/emenda_13.2025_plo_59.2025.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3291/emenda_14.2025_plo_59.2025.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3292/emenda_15.2025_plo_59.2025.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3295/emenda_16_de_2025._p_lei_60_de_2025_1.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3322/projeto_emenda_justificativa_hospital_bom_jesus.docx_2.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3054/parecer_da_comissao_de_legislacao_pl_51.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3056/parecer_da_comissao_de_legislacao_pl_50.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3097/parecer_da_comissao_de_legislacao_pl_52.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3206/parecer_da_comissao_de_legislacao_pl_62.2025_1.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3208/parecer_da_comissao_de_legislacao_pl_63.2025_1.docx.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3226/parecer_comissao_pl68_2025_e_emenda_corrigida_final.docx_1.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3227/parecer_da_comissao_de_legislacao_pl_65.2025_2.docx.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3228/parecer_comissao_legislacao_pl44_2025_atualizado.docx.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3249/parecer_da_comissao_de_legislacao_pl_61.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3287/parecer_da_comissao_de_legislacao_pl_58.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3288/parecer_da_comissao_de_legislacao_pl_59.2025.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3293/parecer_cljr_com_emenda_pl60_2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3334/parecer_da_comissao_de_legislacao_pl_77_78_79.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3336/parecer_da_comissao_de_legislacao_plc_34.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3050/parecer_da_comissao_de_financas_e_orcamento_parecer_previo_tce-pr_n.o_127_2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3256/parecer_cfo_loa_2026_recomendacao002.docx_1.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3278/parecer__16_comissao_de_financa_e_orcamento_pl_73_74_75.2025_1.docx_1.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3279/parecer_da_comissao_de_financas_e_orcamento_parecer_previo_tce-pr_n._317_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3297/parecer_comissao_de_financa_e_orcamento_pl_58.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3298/parecer_comissao_de_financa_e_orcamento_pl_59.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3299/parecer_comissao_de_financa_e_orcamento_pl_60.2025__-_ok.docx_2.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3335/parecer_comissao_de_financa_e_orcamento_pl_77_78_79.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3078/parecer_cljr_15-09.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3300/emenda_001.2025_-_neusa.docx_2.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3301/emenda_002.2025_-_isabel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3302/emenda_003.2025_-_joao.docx.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3303/emenda_004.2025_-_luiz_felipe_stafin.docx.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3304/emenda_005.2025_-_geovane.docx_1.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3305/emenda_006.2025_-_francisco_veiga.docx_1.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3306/emenda_007.2025_-_maria_celia.docx.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3307/emenda_008.2025_-_odair.docx_1.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3308/emenda_009.2024_-_colaco.docx.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3309/_emenda_010.2025_-_landivo.docx_2.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3310/emenda_011.2025_-_milene.docx.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3186/req._118-2025_pedido_de_urgencia_plei_65.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3202/req._125-2025_pedido_de_urgencia_plei_68.docx_1.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3326/req._139-2025_-_pedido_de_urgencia_plc_03_2025_s.docx.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3330/req._140-2025_pedido_de_urgencia_pleis_77-78_e_79.docx.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2568/ata_reuniao_comissao_justica_redacao_pl_4-5-6-7-8-2025.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2745/ata__19-05-2025_comissao_legislacao_justica_e_redacao_27-28-29-30-31-32.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2756/ata__20-05-2025_comissao__financas_e_orcamento__27-28-29-30-31-32_ok_1.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2758/ata__22-05-2025_comissao_de_financas_e_orcamento__pls_31_e_33.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2759/ata__22-05-2025_comissao_legislacao_justica_e_redacao_pl_33.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2802/ata__02-06-2025_comissao_legislacao_justica_e_redacao_pls_25-26-34_6_1.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2822/ata_cljr.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2824/ata__10-06-2025_comissao_de_financas_e_orcamento__pls_36-37-38-39.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2835/ata__12-05-2025_comissao_legislacao_justica_e_redacao_pls_21_23_e_24_e_emenda_03.docx.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2836/ata_reuniao_para_analise_pl_21-25_servidores.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2837/ata_reuniao_analise_29-5-25.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2859/ata_da_cljr.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2860/ata_cesas.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2861/ata__02-06-2025_comissao_legislacao_justica_e_redacao_pls_25-26-34_6_2.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2883/ata_comissao_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2963/ata_cfo.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2969/ata_cljr.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2978/_ata_comissao_ljr_11-08-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2980/ata_cfo__14-08-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2987/ata_reuniao_comissao_ljr.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3034/ata_ljr_01-09-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3049/_ata_cfo_prestacao_de_contas_1.docx.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3053/ata_ljr_08-09-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3077/ata_reuniao_cljr_15-09.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3082/ata_da_reuniao_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3096/ata_ljr_25_-09-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3136/_ata_ljr_06_-10-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3148/ata_cfo_07-10-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3167/ata_c_l_j_r_-_13-10-2025__pls_021-062-044.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3179/ata_c_l_j_r_-_reuniao_dia_20-10-2025__pl_62.docx.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3207/ata_c_l_j_r_-_reuniao_dia_28-10-2025__pl_62_e_63__ok.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3215/ata_cljr.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3225/ata_c_l_j_r_-_reuniao_dia_03-11-2025__pl_4465_e_68.docx.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3233/ata_da_cesas.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3245/ata_ljr_17-11-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3257/ata_cfo_loa_2026_recomendacao002.docx_2.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3277/ata__57_cfo-_reuniao_dia_25-11-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3294/ata_cfo-_reuniao_dia_01-12-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3331/ata_cfo-_reuniao_dia_08-12-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3333/ata_reuniao_cesas_09-12-25.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3337/ata_c_l_j_r_-_reuniao_dia_11-12-2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3338/_ata_cfo-_reuniao_dia_11-12-2025.docx_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3048/projeto_de_decreto_legislativo_no_01_2025.docx.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3280/projeto_de_decreto_legislativo_n_02_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2418/pd_28801_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2420/pd_29016_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2521/projeto_de_lei_altera_ppa.pdf.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2522/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2523/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2592/p_lei_iniciativa__neusa_heuko_swarowski-projeto_de_resgate_historico_a_historia_de_rio_negro_atraves_de_seus_bairros_e_localidades_.docx.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2601/_p_lei_11_2025-_transparencia_obras_publicas._iniciativa_vereador_geovane_de_lima_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2613/pl_04.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2614/plei_13_substituido.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2628/_p_lei_14.2025-_cria_o_banco_de_ideias_na_camara_municipal_de_rio_negro_e_da_outras_providencias_iniciativa_vereador_odair_pereira.docx_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2629/p_lei_152025-_ficha_limpa._iniciativa_vereador_geovane_de_lima_.docx_3.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2636/p_lei_16.2025._ppa.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2639/plei_17.2025_ldo.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2640/p_lei_18._2025.abertura_de_credito_adicional_especial._saude.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2643/p_lei_19.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2655/p_lei_20_._doacao_imovel_._delegacia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2687/pl_altera_estrutura_-_p_lei_22.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2688/pl_carga_horaria._p_lei_23.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2694/pl_24_.2025maio_laranja.docx_1.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2709/p_lei_altercao_lei_2550-2015.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2715/pl_alt._lei_699_de_23-06-92.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2732/plo_reposicao_inflacionaria.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2733/pl_28.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2734/pl_29.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2735/pl_30.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2736/pl_reposicao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2737/pl_32.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2739/pl_reposicao_vereadores.docx.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2777/plei_34.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2778/pl_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2781/pl_36_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2782/pl_37_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2783/pl_38.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2784/pl_39_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2820/pl_40.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2885/projeto_de_lei_honorarios_de_sucumbencia._porcurador_geral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2892/p_lei_iniciativa_vereadora__maria_celia_conte_-_emenda_-_utilidade_publica__casa__resgate.docx_1.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2895/p_lei.__refis_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2920/p_lei_xxx2025-_divulgacao_das_listagens_de_pacientes_que_aguardam_por_consultas_com_medicos_especialistas_exames_e_cirurgias_na_rede_publica_do_municipio_de_rio_negro_estado_do_parana_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2934/p_lei_ppa._agosto.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2938/p_lei_ldo._agosto.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2939/p_lei._abertura_de_credito_adicional_especial.agosto.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2940/p_lei._dispoe_sobre_abertura_de_credito_suplementar._agosto_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2954/p_lei_xxx.2025-_fulmicultura.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2988/plei_consorcio_de_educacao_._ciedpar.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3018/plo_51.2025_alteracao_da_lei_1150.1999.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3076/projeto_de_lei_ordinaria_no_52_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3098/projeto_de_lei_no_53_de_2025_._altera_a_lei_municipal_no_1.254_de_13_de_setembro_de_2001..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3109/p_lei_54-_ppa.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3110/pl_55.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3111/p_lei_56-_credito.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3112/pl_57.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3114/plo_58.2025.dispoe_sobre_o_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3116/pl_59.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3117/pl_60.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3118/pl_61.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3119/projeto_de_lei_substitutivo_ao_projeto_de_lei_no._0212025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3149/pl_63.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3168/pl_64_-_justificativa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3183/pl_65.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3184/pl_66.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3185/pl_67.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3201/p_lo_63.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3212/pl_69-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3213/pl_70-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3239/projeto_de_lei_71_associacao_moradores_sao_jose.docx_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3243/_p_lei_72._iniciativa_vereador__-_utilidade_publica__associacao_saude_plena.docx.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3251/alteracao_ppa_._nov.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3252/pl_justificativa_e_oficio_ru.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3253/pl_e_justificativa.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3311/p_lei_76.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3327/plei_._ppa_._77.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3328/plei_ldo_78.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3329/pl_79.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3332/plei_80.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2421/pd_29021_2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3199/plc_02.2025._sistema_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3324/plc_3.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3325/plc_4.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2665/resolucao_01.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2666/resolucao__02.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2419/pd_29020_2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3019/_mocao_repudio_.docx_2_1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2439/requerimento._01-25_informacoes.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2469/requerimento._02-25_informacoes.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2470/requerimento._03-25_informacoes_sanepar.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2475/requerimento_04.2025_._vereador_geovane_de_lima._podemos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2483/requerimento_05-25_informacoes_assinado_-_geovane_de_lima.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2484/requerimento_06-_2025_._obras_ginasio_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2497/requerimento_07_._francisco_veiga.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2518/requerimento_08-25.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2519/requerimento_09-25.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2535/requerimento_10.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2545/req._11-25_informacoes_do_hbj_dos_atendimentos_em_2024_sus_unimed_e_particular.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2567/req._12-25_viabilidade_de_impl_delegacia_da_mulher.docx.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2580/requerimento_13-25.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2586/req._14-25_votos_de_louvor.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2587/req._15-25_conselhos.pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2606/requerimento_16-25.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2610/req.17.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2621/req._018-25_votos_de_louvor-bernardo_kraj.docx_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2618/req._19-_2025_votos_de_louvor-casa_de_resgatedocx.docx_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2626/req._21-25_relatorio_ouvidoria.docx_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2635/requerimento_22-25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2651/requerimento_23_led_vereadores.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2653/req._2425_-_pedido_de_urgencia_kit_orcamentario.docx.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2656/req._25-25_vaga_de_estacionamento_clinica_endocolo.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2664/req._26-25_-_pedido_de_urgencia_plo_doacao.docx.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2667/requerimento_27_-_retirada_da_pauta_pl_11-25.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2668/requerimento_28-25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2671/req._29-25_informacoes_rodoviaria.docx_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2680/req._30-_2025_votos_de_louvor-polo_unopar_rio_negro_prdocx.docx_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2681/req._31-25_informacoes_obra_ponte_lencol.docx_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2701/req._32_convite_secretario_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2706/req._33-25._solicitacao_de_informacoes_sobre_o_sistema_fotovoltaico.docx_2.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2722/req._34_-_informacao_portal_da_transparencia.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2730/req._35-25_urgencia_pls_26_-_27_-_28_-_29_-_30_-_31.pdf.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2719/req._36-25_solicitando_a_secretaria_da_saude_informacoes_aparelhos_de_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2750/req._39-25_mocao_de_aplauso_aos_alunos_da_escola_municipal_de_educacao_especial_tia_apolonia.docx_3.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2742/req._40-25_informacoes_sanepar_sobre_retirada_de_hidrante.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2770/req._41-25_votos_de_louvor-cecm_presidente_caetano_munhoz_da_rocha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2772/req._42-25_informacoes_-_covid.docx.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2779/req._43-25_-_pedido_de_urgencia_plo_34.docx.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2780/req._44-25_-_pedido_de_urgencia_plo_34.docx.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2785/req._45-25_-_pedido_de_urgencia_plei_36_37_38_e_39.docx.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2803/req._46-25_votos_de_louvor-atletas_corrida_de_rua.docx_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2797/req._47-25_solicita_afastamento_de_trinta_dias_de_suas_funcoes.docx.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2798/req._48-25._solicita_ao_executivo_municipal_e_a_secretaria_de_educacao_informacoes_referentes_a_implementacao_da_lei_federal_no_14.681_de_18_de_setembro_de_2023_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2799/req._49-25_solicita_informacoes_sobre_acidente_ocorrido_na_obra_do_posto_de_saude_do_lageado_dos_vieiras_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2801/req._50-25_informacoes_escola_bairro_alto.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2816/requerimento_51-25.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2817/req._52-25_solicita_informacoes_detalhadas_sobre_a_implantacao_estruturacao_e_funcionamento_do_fundo_municipal_de_saneamento_basico_e_ambiental__fmsba_instituido_pela_lei_m.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2809/req._53-25_concessao_de_votos_de_louvor_e_congratulacoes_a_empresa_brunnquell_equipamentos_agricolas_e_fumageira_pelos_seus_10_anos_de_atuacao_em_rio_negro.docx_4.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2818/req._54-25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2821/req._55-25_-_pedido_de_urgencia_plei_40.docx_1.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2823/req._56-25_solicitacao_de_manifestacao_sobre_a_impossibilidade_de_emissao_de_guia_do_itr_em_razao_de_ferias_de_servidor..docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2833/req._57-25_votos_de_louvor-kuka_veiculos.docx_1.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2842/req._58-25_votos_barao_de_rio_negro.docx.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2843/req._59-25_informacoes_rua_alaor_antunes_do_livramento_-_mig_linde_agm.docx.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2846/req._60-25_informacoes_-castramovel.docx.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2858/req_61.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2862/req_62.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2863/req._63-25_votos_budokan.docx_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2867/req._64.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2868/req._65.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2871/_req._66-25_informacoes_-equipe_ubs.docx_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2873/req._67.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2874/req._68-25_requer_o_encaminhamento_de_oficio_a_copel_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2882/req._69-25_requer_o_encaminhamento_de_oficio_a_autopista_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2905/req._70-25_-_pedido_de_urgencia_plei_41_.docx.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2898/req._71.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2899/req.72.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2903/req.73.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2904/req._74-25_-_pedido_de_urgencia_plei_43.docx.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2906/req.75.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2907/req.76.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2936/req._77-25_votos_de_louvor-sensei_drojildo_e_atletas_de_karate.docx_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2937/req._78-25_votos_colegio_est._ana_schelbauer_braz_de_oliveira.docx.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2948/req._80-25_requer_a_mesa_diretora_o_encaminhamento_de_oficio_a_auto_pista_lombadas_no_trevo_da_norte_fios.docx.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2951/req._81-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2961/req._82-25_convocacao_do_coordenador_do_cmu.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2962/req._83-25_oficio_antt.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2981/req._084-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2992/req._85-25_-_pedido_de_urgencia_plei_50.docx.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2994/req._86-25_requer_a_mesa_diretora_o_encaminhamento_de_oficio_ao_executivo_municipal_informacoes_detalhadas_sobre_o_funcionamento_da_estrategia_saude_da_familia_euclides_jose_de_oliveira_braz.docx.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3006/req._87-25_solicitacao_afastamento_licenca_medica.docx.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3023/req._88-25_votos_schumacher.docx_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3024/req._89-25.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3025/req._90-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3029/req.91-2025-medicamentos_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3030/req_92.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3033/req._93-2025-limpa_fossa.docx.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3039/req._94-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3044/req._95.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3051/req._96.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3055/req._97.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3073/req._98-2025_1.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3074/req._99.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3079/req._100-25_-_pedido_de_urgencia_plei_52.docx.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3080/req._101.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3084/req._102.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3085/req._103.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3093/req._104.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3094/req._105.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3106/req.106-2025._coleta_e_separacao_de_reciclaveis_nas_escolas_municipais.docx.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3107/req._107.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3108/req._108.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3113/req._109-2025_-_pedido_de_urgencia_pleis_54-55-56_e_57.docx.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3131/req._110-25_votos_de_louvor_-_heloisa_fernanda_kuhl_strack.docx.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3135/req._111-2025_votos_de_louvor_-_marli_comochina.docx.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3141/req._112-25_solicita_informacoes_sobre_pam.docx.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3152/req._113-2025_votos_de_louvor_-_jornao_o_regional.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3164/req._114.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3158/req._115-2025_votos_de_louvor_-_jessica_aparecida_cachoroski__mae_atipica__1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3166/req._116-2025_solicita_informacoes_detalhadas_documentos_dos_professores_contratados_pelo_regime_pss.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3174/req._117-2025_votos_de_louvor_-_sonho_meu_meu.docx.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3187/req._119-2025_solicita_informacoes_detalhadas_revitalizacao_da_praca_joao_pessoa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3189/_req.120-25_solicitacao_afastamento_licenca_medica_milene.docx.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3190/req._121-2025_votos_de_louvor_-_programa_jovem_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3191/req.122-2025_informacoes_escola_integral_lageado_dos_vieiras.docx.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3192/req.123.2025_votos_de_louvor_-_itaipu.docx.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3193/req.123.2025_votos_de_louvor_-_itaipu.docx.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3205/req._126-2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3218/req._128-2025_votos_de_louvor_-_jair_valdemar_e_gerci..docx.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3237/req._129-2025_centro_de_convivencia_henrique_witt.docx.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3238/req._130-2025_-_frota.docx.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3248/req._131-2025_-__votos_de_louvor_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3254/req._132-2025_pedido_de_urgencia_pleis_73-74_e_75.docx.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3264/requerimento_133.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3274/req._134-25.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3282/req._135.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3285/req._136-2025_repasses_federais_da_atencao_primaria_a_saude_.docx.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3312/req._137-2025_pedido_de_urgencia_pl_76.docx.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3313/req._138-25__aneel.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3083/parecer_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3147/parecer_comissao_de_financa_e_orcamento_pl__54_55_56_e_57_2025_07-10-2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3137/parecer_da_comissao_de_legislacao_pr_54_55_56_57.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3138/parecer_da_comissao_de_legislacao_pl_53.2025.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3339/mensagem_de_veto_parcial_001.2025_ao_pl_060.2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2423/ind._01-25_deslizamento_pirambeira.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2424/ind._002-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2425/ind._03_lombas_para_roseira.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2426/ind._04_asfalto_desvio_de_praca_de_pedagio_-_roseira.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2427/ind._005-2025_abastecimento_agua_cunhupa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2428/indicacao_06-25.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2429/indicacao_07-25.pdf.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2430/indicacao_08-25.pdf.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2432/ind._10-25_dedetizacao_e_implementacao_bocas_de_lobo_inteligente.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2433/ind._011-2025_cronograma_de_atuacao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2434/ind._012-2025_agua_encanada_nos_queimados.docx.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2436/ind._013-2025_pavimentacao_henrique_lazarini_ulysses_k._moraes_e_wigand.docx.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2437/ind._14-25_of_parabenizando_padre_walmir.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2438/ind._015-2025_patrolamento_e_empedramento_estrada_campina_bonita.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2440/ind._016-25_estacionamento_exclusivo_tea.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2441/ind._017-25_levantamento_terrenos_baldios.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2442/ind._018-25_ampliacao_atendimento_gestantes_em_mafra_sc.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2443/ind._019-25_construcao_quadra_na_academia_ao_ar_livre.docx.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2444/ind._20-25_van_exclusiva_pacientes_de_radioterapia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2445/ind._21-25_construcao_box_feira_do_protudor_e_outros.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2446/ind._022-25_melhorias_anti_po_rua_goias.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2447/ind_023-2025_rocada_ruas_lageado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2448/ind._024-2025_estudo_sobre_alteracao_plano_diretor_assinado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2451/ind._025-25_solicitacao_de__instalacao_de_agua_encanada_na_localidade_da_campina_dos_martins.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2452/ind_26-25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2453/ind_27-25.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2454/ind_28-25.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2455/ind._029-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2456/indicacao_030-25_asfalto_rua_francisco_ranquel.docx.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2457/indicacao_031-25.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2458/ind_32-25_alimentacao_para_criancas_com_restricao_escola_municipais.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2459/ind._033-25_manutencao_rua_alfredo_ricardo_koster.docx.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2460/indicacao_034-25.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2461/indicacao_035-25.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2462/indicacao_36-25.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2463/ind_37-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2464/ind_38-25.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2465/ind_39-25.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2466/ind._40-25.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2467/ind._41-25.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2468/ind_42-25.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2471/ind_43-25.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2472/ind_44-25.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2473/ind_45-25.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2474/ind_46-25.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2476/ind._47-25.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2479/ind._48-25.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2478/ind._49-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2480/ind_50-25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2481/ind_51-25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2482/ind_52-25.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2485/indicacao_53-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2486/indicacao_54-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2488/indicacao_55-25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2487/ind_56-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2496/ind._57-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2490/ind_58-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2489/ind_59-2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2491/ind._060_patrolamento_empedramento_retiro_bonito.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2492/ind._061-25.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2494/ind._062-25.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2495/ind._63-25.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2498/ind._064-25_.docx.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2500/ind._65-25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2499/ind._066_patrolamento_e_empedramento_da_rua_dirce_marta_strinzinger.docx_1.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2501/ind._67-25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2502/ind._068-25_bancos_no_posto_saude_iraja_martins.docx_ass.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2503/ind._069_alargamento_lajotamento_e_calcadas_vicente_maia.docx.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2504/ind._070_parque_infantil_e_academia_na_campina_dos_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2505/ind._071_contratacao_de_dentista_posto_de_saude_ayres_hirt_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2506/ind._72-25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2507/ind._73-25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2511/ind._74-25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2512/ind._75-25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2508/ind.76-25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2509/ind.77-25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2510/ind.78-25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2513/ind._079-2025_criacao_de_plano_de_uso_e_ocupacao_de_areas_fluviais_e_implantacao_de_parque_fluvial_no_rio_negro.docx_-_documentos_google_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2514/ind_80-25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2515/ind_81-25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2516/ind._82-25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2517/ind._83-25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2524/ind._84-25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2525/ind._85-25.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2526/ind.86_veiga.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2527/ind._87.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2528/ind._88_iluminacao_publica_retiro_bonito.docx_1.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2529/ind._89-25_refazimento_da_rua_ignacio_schelbauer.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2530/ind._90-25_melhorias_e_pavimentacao_rua_tiete.docx.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2531/ind._91-25_rua_valdemar_schimidtz.docx.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2532/ind._92-25_reitera_ind._006_24_passagem_elevada_na_rua_vicente_machado.docx.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2533/ind._93-25_reitera_ind._016_24_centro_dia_do_idoso.docx.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2534/ind._094_2025._implantacao_de_dm_rua_maximiano_pfeffer.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2536/ind._095-2025_solicitacao_de_readequacao_de_sentidos_de_ruas_centro.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2537/ind._096-2025_solicitacao_de_implantacao_de_faixa_de_conflito_nas_ruas_principais.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2538/ind._97-25_bueiro_em_frente_propriedade_evandro_jose_palhano_e_antonio_na_barra_grande.docx_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2539/_ind._98-25_bueiro_na_estrada_velha_da_lapa_propriedade_sr_celso_raduski.docx_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2540/ind._99-25_empedramento_e_patrolamento_na_estrada_que_da_acesso__a_propriedade_do_senhor_algacir_haide.docx_1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2541/ind_100-2025_solicitacao__implantacao_de_ponto_de_onibus_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2542/ind._101-25_sinalizacao_revitalizacao_do_centro_historico_cidade.docx_1.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2543/ind._102-2025_instalacao_de_lombada_em_frente_a_escola_mun._eraldo_germano_plautz2c.docx_-_documentos_google_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2544/ind._103-2025_elaboracao_de_projeto_para_asfaltamento_da_rua_miguel_grein.docx_-_documentos_google_assinado.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2546/ind._104-2025_solicitacao_de_banheiros_unidade_de_saude_luiz_milchevski.docx.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2547/ind._105-2025_extensao_da_rede_de_iluminacao_publica_na_rua_ervino_ernesto_brunnquell.docx.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2548/ind_106-2025_solicitacao_manutencao_de_bueiros_e_estrada_familia_batista_implantacao_de_ponto_de_onibus_.docx.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2549/ind._107-2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2550/ind._108-25_abertura_de_ubs_-_cunhupa.docx_1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2552/ind._109-2025estacionamento_rotativo_correios.docx_1.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2553/ind._110-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2554/ind.111-25.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2555/ind.112._cascalho_avicultor._lei_3271.2023._retiro_bonito.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2556/ind._113-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2557/ind._114-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2558/ind._115-25.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2559/ind._116-25.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2560/ind._117-25_reparos_arthur_caeser.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2561/ind._118-25.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2562/ind._119-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2563/ind._120-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2564/ind._121-2025_melhorias_informacoes_coleta_de_lixo_no_site_pmrn.docx_4.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2565/ind._122-2025_recolocacao_das_lixeiras_na_saida_da_ponte_metalica.docx_5.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2566/ind._123-2025_regravacao_do_hino_da_cidade.docx_4.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2569/ind._124-2025_manutencao_bueiro.docx.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2570/ind._125-2025_inst.de_lampada_poste_-_casa_maria_erli.docx.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2571/ind._126-2025_recapeamento_trecho_maximiano_pfeffer.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2573/ind._128-25_abertura_nova_ubs.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2574/ind._129-25_manutencao_asfalto_pirambeira.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2575/ind.130.ponto_de_embarque_de_passageiros_roseira.docx_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2576/ind.131.__extensao_da_rede_de_micro_sistema_de_agua._retiro_bonito.docx_1.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2577/ind._132-25_estacionamento_ubs_jorge_hirt.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2578/ind._133-25_substituicao_ag._comunitaria.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2579/ind.134-25_manutencao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2581/ind._135-25_material_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2582/ind.136-25_empresa_vig._nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2583/ind.137-25_rocada_rua_frei_eraldo_maria.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2584/_ind._1382025_reabertura_ubs_-_lageado_dos_cordeiros.docx_1.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2585/_ind._1392025_implantacao_ubs_-_areia_fina.docx_1.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2588/ind._140_2025._solicitar_mais_um_psicologo_para_roseira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2589/ind_141-2025_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2590/ind_142-2025_solicitacao_de_apoio_ao_esporte_associacao_areia_finalocal.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2591/ind._143-2025r._francisco_rankel.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2593/ind._144-25_limpeza_da_creche_tia_fani.docx_1.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2594/ind._145-25_construcao_de_galeria_na_baixada_do_detran.docx_1.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2596/ind.147-25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2597/ind.148-25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2598/ind._149-25.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2599/ind.150-25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2600/ind.151-25.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2602/ind._152-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2603/ind._153-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2604/ind.154-25.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2605/ind._155-2025_lombada_na_rua_afonso_nemtwig_-_documentos_google_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2607/ind._156-25_aparelho_calistebia_para_pracas.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2608/ind.157-25.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2609/ind.158.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2611/ind.159.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2612/ind.160.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2615/ind.161.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2616/ind.162.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2617/ind._16325_melhorias_na_rede_eletrica_interior.docx_1.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2619/ind._164.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2622/ind._165-25_solicitacao_de_envio_de_oficio_ao_dnit_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2623/ind._166-25_solicitacao_de_instalacao_de_camera_no_trevo_da_norte_fios.docx_2.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2624/ind.167.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2625/ind.168.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2630/ind.169.2025._buraco_na_rua_.docx.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2631/ind._170-25_asfalto_nas_ruas_do_transporte_coletivo.docx.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2632/ind._171-25_estudos_para_realizar_sessoes_de_radio_e_quimio_no_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2633/ind._172-25_faixas_elevadas_em_torno_da_escola_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2634/ind._173.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2637/ind._174-2025.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2638/ind._175-2025.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2641/ind._176.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2642/ind_177-2025_instalacao_de_lombada_ou_redutor_de_velocidade_na_rua_luiz_nepell.docx_1.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2644/ind._178-25_redimensionar_bueiros_na_rua_fausto_pererira.docx_2.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2645/ind._179-25_abertura_de_rua_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2646/ind._180-25_isencao_iptu_portadores_doenca_grave.docx_2.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2647/ind._181-2025.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2648/ind._182-25_igualdade_racial.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2649/ind._183-2025.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2650/ind_184-25_fundo_pessoa_deficiente.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2652/ind._185.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2654/ind._186-2025._corte_pinheiro_escola_joao_da_silva.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2657/ind._187.2025.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2658/ind._188-25_continuacao_do_asfalto_sitio_dos_valerios.docx_1.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2659/ind._189-25_manutencao_dos_pontos_de_onibus_fazendinha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2660/ind._190-25_manutencao_brinquedos_parque_caixa_dagua_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2661/ind._191-25_colocacao_de_placas_indicativas_de_pontos_importantes_.docx_2.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2662/ind._192-25_recuo_na_rua_lauro_porto_lopes.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2663/ind._193-25_acoes_com_terceira_idade.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2669/ind._194-2025._vaga_estacionamento_especial.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2672/ind._195-25_manutencao_asfaltica_na_rua_ernesto_saboia.docx.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2673/ind._196-25_coleta_de_remedios_vencidos.docx.pdf.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2674/ind._197_calcadas_petit_pavet.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2675/ind._198-25_lombadas_capela_santa_terezinha.docx.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2676/ind._199-25_colocacao_de_lixeiras_na_capela_do_laranjal.docx.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2677/ind._200-25_equipamentos_em_pracas_e_areas_de_lazer_para_pessoas_com_deficiencia_e_ou_mobilidade_reduzida.docx_2.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2678/ind._201-2025.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2679/ind._202_2025._implantacao_de_faixa_rua_dr._vicente_machado.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2682/ind._203-25_reforma_muros_ubs_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2683/ind._204-25_alargamento_e_sinalizacao_estrada_da_fazendinha.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2684/ind._205-2025_uso_de_epi.docx_-.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2685/ind._206-2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2686/ind._207-2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2691/ind.__208.2025__inspecao_ponte_rodrigo_ajace.docx_1.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2692/ind.__209.2025_._oficio_ao_estado_3a_ponte_docx.docx_1.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2693/ind_210-2025_reuniao_secr_da_educacao_com_municipio_de_pien.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2695/ind._211_2025._relocacao_de_ponto_de_onibus.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2696/ind._212-25_refazimento_comunicacao_visual_placas_nucleo_prevencao_de_violencia.docx_1.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2697/ind._213-25_patrolamento_e_empedramento_na_estrada_acesso_valdevino_veiga_tereza_e_aldemar_haide.docx.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2698/ind._214-25_empedramento_na_granja_do_sr_mauricio_localidade_maitaca.docx.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2699/ind._215-25_manutencao_nas_lampadas_dos_postes_nas_ruas_cristia_buch_e_artur_cesar.docx.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2700/ind._216-25_estacionamento_em_um_lado_da_rua_prof._mirtes_ferreira.docx.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2702/ind._217-25_fiscalizacao_fios_caidos.docx_2.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2703/ind._218-25_instalacao_parque_infantil_na_localidade_da_fazendinha_ii.docx_1.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2704/ind._219-25_recapeamento_da_rua_que_da_acesso_a_vila_sao_judas_tadeu.docx_1.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2707/ind._220-2025._solicitacao_de_estudo_para_melhorias_viarias_na_rua_boleslau_paluch_2.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2710/ind._221-2025_pavimentacao_e_calcadas_rua_dr.elymar_v.linsingen.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2711/ind._222-2025_cascalho_avicultor._lei__3271.2023._jaime_veiga.docx.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2712/ind._223-25_cascalho_sr_leonardo_novak_roseira.docx.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2713/ind._224-25_tachoes_nas_ruas_severo_de_almeida_antonio_j._correa_e_miguel_grein.docx.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2714/ind._225-25_reforma_e_manutencao_de_equipamentos_ubs_antonio_bossi.docx.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2717/ind._226-25_realocacao_e_a_pintura_de_outra_faixa_de_pedestres.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2718/_ind._227-2025._solicitacao_de_vistoria_estrada__da_lapa.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2720/ind._228_oficio_dep.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2721/ind._229-25_solicitacao_de_estudos_para_viabilizacao_da.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2723/ind._230-2025_pintura_das_lombadas_lageado_dos_vieiras.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2724/ind._231-2025_instalacao_de_telas_de_protecao_atras_das_traves.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2725/ind._232-2025_instalacao_de_lombada_campo_sao_jose_f.c.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2726/ind._233-25_instalacao_academia_ao_ar_livre_e_parque_infantil_na_localidade_lageado_das_mortes.docx.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2727/ind._234-25_destinacao_do_centro_da_juventude_no_bairro_volta_grande.docx.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2728/ind._235-25_frente_de_conscientizacao_coleta_seletiva_de_lixo_associacoes_e_escolas.docx.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2729/ind._236-25_realocacao_ponto_de_onibus_rua_jose_eduardo_hening_quase_esquina_com_a_rua_jacob_fuchs_.docx.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2741/ind._237-25_instalacao_de_sinalizacao_na_bifurcacao_das_ruas_rua_jose_jaime_ruthes_sentido_roseira_rua_ervino_paulo_weinschultz_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2743/ind._238-25_placas_de_identificacao_das_localidades_no_interior.docx_1.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2744/ind._239-2025_instalacao_de_lixeiras.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2746/ind._240-25_estudos_de_viabilidade_e_criacoa_de_projeto_para_construcao_de_uma_ponte_na_estrada_que_liga_cunhupa_ao_retiro_bonito.docx.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2747/ind._241-25_rocada_e_arrumacao_da_calcada_otto_buch.docx.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2748/ind._242.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2749/ind._243-25_realocacao_da_placa_publicitaria__que_hoje_esta_localizada_as_margens_da_br_116_proximo__do_rio_passa_tres_e_do_frigorifico_primaz_para_a_real_divisa__dos_municipios__de.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2751/ind._244-2025_estudo_implantacao_de_lombada_col.caetano.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2752/ind._245-2025._recapeamento_asfaltico_das_ruas_henrique_stalke_e_fausto_pereira_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2753/ind._246-25_destinacao_de_absorventes_para_rede_publica_municipal.docx.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2754/ind_247-2025_servicos_publicos.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2760/ind._248-2025._limpeza_bueiro_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2761/ind._249-2025._limpeza_manut_constr_calcada_rua_governador_moises_lupion_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2762/ind._250-2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2763/ind._251-2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2764/ind_252-2025_ponte_ovelhas.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2765/ind._253-2025_instalacao_ponto_de_onubus_lencol.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2766/ind._254-2025_vistoria_tecnica_portal_vila_rural.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2767/ind._255-25_manutencao_rua_professor_jose_gribosio.docx_-_documentos_google_2.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2768/ind._256-25_abertura_prolongamento_da_rua_otavio_ribas_da_cruz.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2769/ind._257-2025._pavimentacao_rua_miguel_valerio_-_documentos_google_1.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2771/ind._258-25_manutencao_rua_henrique_stalk.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2773/ind._259-25_restauracao_geral_do_portal_alemao_bucovino_e_do_cruzeiro_bucovino_.docx.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2774/ind._260-25_sacos_de_rafia_da_coleta_seletiva.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2775/ind._261-25_manutencao_rua_fausto_pereira.docx.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2776/ind._262-25_manutencao_rua_dirce_marta_stritzinger.docx.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2788/ind._263-25_manutencao_na_rua_severo_de_almeida_esquina_com_a_carlos_weill.docx_1.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2789/ind._264-25_manutencao_na_ubs_iraja_martins.docx_1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2790/ind._265_2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2791/ind._266_2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2792/ind._267-2025_cascalho_avicultor._lei__3271.2023._mario_ruthes.docx_1.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2793/ind._268-2025_cascalho_avicultor._lei__3271.2023._berenici_m._kubiak_luciano.docx.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2794/ind._269-2025_extencao_da_rede_eletrica_vila_rural.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2795/ind._270-2025_calcada_na_rua_jacob_augusto_ritzmann.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2796/ind._271-25_ciclo_faixa_na_r_boleslau_paluch.docx_2.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2800/ind._272-2025._relocacao_de_postes_e_rede_eletrica_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2804/ind._273-25_manutencao_na_rua_dr_pacheco.docx.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2805/ind._274-25_manutencao_na_estrada_do_sitio_dos_hirt_bom_retiro_estrada_que_liga_na_fazendinha.docx.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2806/ind._275_patrolamentoestrada_ovelhas.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2807/ind._276-2025_cascalho_avicultor._lei__3271.2023._mauricio_schelbauer.docx.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2808/ind._277-25_instalacao_de_lixeiras_externas_na_ubs_antonio_abdala.docx.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2810/ind._278-2025._extencao_de_rede_eletrica_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2811/ind._279-2025._solicitacao_de_manutencao_do_monumento_em_homenagem_a_max_wolf_filho_1.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2812/ind._280-2025._solicitacao_de_limpeza_das_manilhas_do_arroio_da_viuva_1.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2813/ind._281-2025_tubulacao_rua_jacob_augusto_ritzmann_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2814/ind._282-2025_alargamento_da_ponte.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2815/ind._283-25_solicita__criacao_de_uma_linha_de_onibus_ligando_o_lageado_a_rio_negro.docx.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2825/ind._285-2025_cascalho_avicultor._lei__3271.2023._claudio_ruthes.docx_1.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2826/ind._286-2025_cascalho_avicultor._lei__3271.2023._maurilio_ruthes.docx_1.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2827/ind._287-25_implantacao_de_lombadas_na_rua_severo_de_almeida.docx_1.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2828/ind._288-2025_melhorias_na_rua_boleslau_paluch.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2829/ind_289-2025..pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2830/ind._290-2025_24m3_cascalho_pra_sr_claudio_kazatt.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2831/ind._291.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2832/ind._292.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2838/ind._293.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2839/ind._294.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2840/ind._295-25_manutencao_na_ponte_do_passa_tres_acesso_a_prefeitura.docx.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2841/ind._296-25_manutencao_pontos_de_onibus_do_bairro_seminario.docx_1.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2844/ind._297.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2845/ind._298.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2847/ind._299-25_manilhamento_empedramento_e_alargamento_da_rua_palmira_becker_no_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2848/ind._300-25_implantacao_de_faixa_elevada_na_rua_dr._vicente_machado.docx.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2849/ind._301-2025_manutencao_da_estrada_leonor_claudio.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2850/ind._302-2025_manutencao_da_estrada_familia_fagundes.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2851/ind._303-2025._solicitacao_de_limpeza_terreno_notificacao_ao_proprietario_na_rua_isauro_ruthes_vila_sao_judas_tadeu_2_1.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2852/ind._304-2025_manutencao_da_estrada_acesso_a_wd_moveis_ltda.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2853/ind._305-2025_lombada_retiro_bonito.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2854/ind._306-2025_iluminacao_na_academia_ar_livre.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2855/ind._307-25_manutencao_nas_bocas_de_lobo_da_rua_xv_de_novembro_em_frente_ao_numero_1221.docx.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2856/ind._308.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2857/ind._309-25.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2864/ind._310-2025_cascalho_lei__3271.2023._jorge.docx_1.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2865/ind._311-2025_cascalho_lei__3271.2023._sebastiao_kmiecik.docx.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2866/ind._312.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2869/ind._313-2025._solicitacao_patrolamento_e_empedramento_acesso_tatiana_maria_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2870/ind._314-2025._solicitacao_patrolamento_e_empedramento_estrada_laranjal_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2872/ind._315.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2876/ind._317_poco_artesiano_sitio_dos_hirt.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2877/ind._318-2025_patrolamento_estrada_roseira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2878/ind._319-2025_patrolamento_cunhpa.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2879/ind._320-2025_patrolamento_acesso_josimar.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2880/ind._321-2025_atendimento_sub-prefeitura.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2881/ind._322.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2886/ind_323-2025_patrolamento_estrada_professora_ramira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2887/ind_324-2025_patrolamento_estrada_ovande_hirth.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2888/ind._325.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2889/ind._326-25_limpeza_de_terreno_na_rua_ludovico_schuster.docx_3.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2890/ind.327.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2891/ind._328.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2893/ind._329-2025_40m_pedra_jose_elias_portela_cunhpa.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2894/ind.330.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2896/ind._331-2025_oficio_deputado_felipe_franscischini.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2897/ind._332-25_manutencao_na_rua_capitao_joao_bley_esquina_com_as_ruas_xv_de_novembro_e_dr_vicente_machadoxv_de_novembro_em_frente_ao_numero_1221.docx.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2900/ind._333-25_substituicao_do_poste_em_frente_a_ubs_antonio_abdala.docx.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2901/ind._334-25_manilhamento_empedramento_e_alargamento_da_rua_maria_de_lourdes_teixeira_da_cruz_no_bairro_alto..docx_1.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2902/ind._335-25_adequacao_com_tartarugas_na_rotatoria_da_rua_barao_do_rio_branco.docx.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2908/ind._336.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2909/ind._337-2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2910/ind._338.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2911/ind._339-2025_patrolamento_estrada_roseira.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2912/ind._340-2025_patrolamento_estrada_roseira_linha_velha.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2913/ind._341.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2914/ind._342.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2915/ind343.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2916/ind.344.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2917/ind._345-2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2918/ind._346-2025_cascalho_eliane_aparecida_zielinski_fazendinha.docx_1.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2919/ind._347-25_seguranca_guarda_no_centro_da_juventude_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2935/ind_348-2025.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2941/ind._349-2025_lixeira_coletiva_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2943/ind._350-2025_reparos_na_rua_luduvico_schuster_.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2944/ind._351-2025_patrolamento_e_empedramento_na_rua_vitorio_lazarino.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2945/ind._352-2025._pedra_para_sra._terezinha_alvez_dos_santos_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2946/ind._353-2025._estudo_de_implantacao_de_lombada_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2947/ind._354-2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2949/ind._355.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2950/ind._356.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2952/ind._357-25_reparos_e_manutencao_nas_rotatorias_do_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2953/ind._358-25_implantacao_de_teatro_nas_escolas_publicas.docx.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2955/ind._359-2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2956/ind._360-2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2957/ind._361-2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2958/ind._362-2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2959/ind._363-2025_estudo_de_estacionamento_rotativo.docx_-_documentos_google.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2960/ind._364-2025._atendimento_a_gestantes_de_alta_complexidade_na_maternidade_de_mafra_sc.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2964/ind._365-25_indicacao_de_nome_de_rua_para_adriano_andrigo_pires.docx.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2965/ind._366-25_construcao_de_parque_esportivo_no_bairro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2966/ind._367-25_indicacao_de_lajotar_o_subidao_dos_queimados.docx.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2967/_ind._368-25._construcao__de_um_parquinho__para_pet_.docx.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2968/ind._369.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2970/ind._370-25_realizacao_de_feiras_para_demonstracao_de_produtos_fabricado_em_rio_negro.docx.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2971/ind._371-2025.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2972/ind._372-2025.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2973/ind._373-2025.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2974/ind._374-2025.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2975/ind._375-2025.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2976/ind._376-25_solicita__aquisicao_de_camionete_com_plataforma_elevada_e_curso_de_nr_35_aos_servidores.docx_2.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2979/ind._377-2025.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2982/ind._378-25_manilhamento_e_limpeza_terreno_na_rua_kalil_gemael.docx.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2983/ind._379-25_revitalizacaoiluminacao_cercamento_e_instalacao_de_academia_ao_ar_livre_e_parque_infantil_no_terreno_da_esquina_das_ruas_othon_ferraz_com_joao_teodoro.docx.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2984/ind._380-2025.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2985/ind._0381-2025.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2986/ind._382-2025_1.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2990/ind_383-2025.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2991/ind_384-2025.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2993/ind._0385-2025.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2995/ind._386-25_solicita_vistoria_tecnica_na_rua_afonso_nentwig_para_averiguar_risco_estrutural_em_postes_de_energia_eletrica_apos_rebaixamento_da_via_durante_obra_de_pavimentacao..docx.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2996/ind._387-25_manutencao_da_estrategia_saude_da_familia_euclides_jose_de_oliveira_braz_na_localidade_da_fazendinha.docx.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2997/ind._388-2025_1.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2998/ind._389-25_manutencao_no_elevador_d_camara.docx.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2999/ind._390-25_inclusao_no_programa_de_pavimentacao_a_rua_jose_augusto_soares_mariano.docx.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3000/ind._391-25_inclusao_no_programa_de_pavimentacao_a_rua_dorival_tomaz.docx.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3002/ind._392-2025_1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3003/ind._393-2025_1.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3004/ind._394-25_solicita_pl_que_autorize_o_municipio_fazer_o_parcelamento_de_debitos_tributarios_e_nao_tributarios_inscritos_ou_nao_em_divida_ativa.docx.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3005/ind._395-25_manutencao_no_banheiro_da_praca_do_portal_de_entrada_da_cidade_em_frente_a_afubra.docx.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3007/ind._396.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3008/ind._397-2025_cascalho_aroldo_weber.docx.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3009/ind._398-2025_1.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3010/ind._399-2025_1.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3011/ind._400-2025.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3013/ind._401-2025.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3014/ind._402-25_criacao_de_remansos_refugios_em_estradas_vicinais_do_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3015/ind._403.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3016/ind._404-2025.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3017/ind._405-20251.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3020/ind._406-25_nomear_a_praca_na_esquina_das_ruas_othon_ferraz_com_joao_teodoro_com_o_nome_everton_rodrigues_bastos.docx.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3021/ind._407-25_manutencao_na_rua_cel_joaquim_teixeira_saboia.docx.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3022/ind._408-25_campanha_municipal_de_conscientizacao_do_uso_da_internet.docx.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3026/ind._409.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3027/ind._410-25_manutencao_nos_terrenos_do_entorno_do_memorial_de_luxemburgo.docx.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3028/ind._411_2025_1.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3031/ind._412_2025_1.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3032/ind._413_2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3036/ind_414-2025_implantacao_lombada.docx.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3037/_ind_415-2025_empedramento_rua_expedicionario_manoel_elias_portela_.docx_1.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3038/ind_416-2025_lombada_elevada_com_faixa_de_pedestres_na_esquina_da_avenida__francisco_xavier_da_silva_e_na_rua_cel._nicolau_bley_neto.docx.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3040/ind._417.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3041/ind._418.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3042/ind._419-25_informacao_sobre_o_imovel_na_rua_barao_do_rio_branco_no_518.docx.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3043/ind._420-25_continuacao_das_obras_de_calcada_e_lombadas_na_juvenal_ferreira_pinto_reitera.docx.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3045/ind_421.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3046/ind._422-2025.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3047/ind._423-2025.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3052/ind._424-25_instalacao_de_lixeira_sitio_dos_valerio.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3058/ind._425.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3059/ind._426-25_solicita_a_manutencao_na_placa_que_indica_as_localidades_barra_grande_e_fazendinha.docx.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3060/ind._427-25_reitacao_manutencao_rua_alfredo_ricardo_koster.docx.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3061/ind._428-25_acordo_de_cooperacao_do_municipio_com_a_apae.docx.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3062/ind._429-25_solicita_lombada_na_rua_ignacio_scheubauer_principalmente_com_a_travessa_zigmundo_faszankno_bairro_passo_do_valo._.docx.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3063/ind_430-2025_estudo_abertura_turma_uab..docx.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3064/ind._431-2025.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3065/ind._432-2025.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3066/ind._433-25_solicita_envio_de_oficio_para_dep._est._flavia_francischini_solicitando1_km_de_alfalto__continuacao_da_pavimentacao_ate_vicente_maia.docx.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3067/ind._434.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3068/ind_435._2025_estudos_para_regularizacao_fundiaria.docx.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3069/ind._436-25_asfalto_gracita_costa_cordeiro.docx_2.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3070/ind._437.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3071/ind._438-25_substituicao_do_poste_em_frente_a_ubs_antonio_abdala.docx.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3072/ind._439.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3075/ind._440-25_solicita__colocacao_de_bebedouros_nas_pracas_municipais.docx.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3081/ind._441-2025._inclusao_do_pam_na_rota_da_patrulha_municipal_com_enfase_no_periodo_noturno..pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3086/ind._442-2025.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3087/ind._443-25_solicitacao_ao_municipio_que_construa_um_barracao_na_campina_dos_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3088/ind._444-25_solicita_a_instalacao_de_luzes_com_cores_de_campanha_em_predios_publicos.docx.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3089/ind._445-25_reitera_o_pedido_de_carteirinha_para_portadores_de_fibromialgia.docx.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3090/ind_446.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3091/ind._447.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3092/ind._448.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3095/ind._449-25_solicitando_oficio_para_o_dep_alexandre_curi-combinado.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3099/_ind_450-2025_solicitacao_de_guard_rail..docx_1.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3100/ind._451-2025_lombada_em_frente_ao_posto_m7.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3101/ind._452.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3102/ind._453-2025_patrolamento_estrada_secundaria_sitio_dos_valerios.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3103/ind._454-2025_estudo_implantacao_de_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3104/ind._455.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3105/ind._456-2025._revisao_plano_de_manejo_parque_ecoturistico.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3120/ind._457-25_solicitando_a_colocacao_de_manilhas_e_lajotas_nas_ruas_do_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3121/ind._458-25_solicitando_a_recolocacao_dos_brinquedos_na_praca_ao_lado_da_caixa_dagua_do_bairro_alto..docx.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3122/ind._459-25_solicita_ao_executivo_hidroginastica_para_portadores_de_fibromialgia_e_outro_pacientes_que_necessitem.docx.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3125/ind._460-25_solicita_ao_executivo_apresentacoes_natalinas_no_bairro_bom_jesus.docx.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3126/ind._461-25_solicita__corte_de_pinheiro_na_beira_da_estrada_da_roseira.docx.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3127/ind._462-25_solicita__visita_tecnica_da_sanepar_na_rua_ervino_paulo_weinschuster.docx.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3128/ind._463-25_solicita__colocacao_de_lombadas_na_rua_ervino_paulo_weinschuster_na_localidade_da_roseira_.docx.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3129/ind._464.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3130/ind._465.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3132/ind._466-2025_manutencao_cobertura_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3133/ind._467-2025_patrolamento_estrada_retiro_bonito.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3134/ind._468-2025_patrolamento_acesso_secundario_sitio_dos_valerios.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3139/ind._469-2025._manutencao_calcadas_estadio_municipal_ervino_metzger.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3140/ind._470-2025._faixa_elevada_av_general_plinio_tourinho.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3142/ind._471.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3143/ind._472.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3144/ind.473.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3145/ind._474-2025_protocolar_intencao_junto_a_cohapar.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3150/ind._475-2025_jardim_do_sentido_1.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3151/ind._476-25_solicita_envio_de_oficio_ao_simepar.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3153/ind._477.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3154/ind._478.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3155/ind._479-2025_manutencao_iluminacao_retiro_bonito.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3156/ind._480-25_solicita__manutencao_nas_floreiras_muros_e_pintura_de_vagas_estacionamento_na_saida_ponte_metalica.docx.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3157/ind._481-25_solicita__ao_executivo_que_envie_oficio_ao_secretario_da_agricultura_do_pr_sr_marcio_nunes.docx.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3159/ind._482-25_solicita_estudos_para_revisao_plano_de_carreira_dos_professores.docx.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3160/ind._483-25_reiterar_o_pedido_de_manutencao_asfaltica_na_rua_ernesto_saboia.docx.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3161/ind._484-25_solicita_ao_executivo_poda_ou_abate_do_pinheiro_na_rua_joao_vieira_ribas_no_496.docx.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3162/ind._485-25_reitera_pedido_de_academia_ao_ar_livre_na_comunidade_do_laranjal.docx.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3163/ind._486-25_manutencao_na_estrada_da_fazendinha_i_acostamento_e_passeio_e_colocacao_de_pedras_na_entrada_das_propriedades.docx.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3165/ind._487.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3169/ind._488.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3170/ind._489-25_solicita_ao_executivo_a_relocacao_da_santa_mae_rainha_e_tres_vezes_admiravel_de_schoenstatt.docx.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3171/ind._490-25_solicita_ao_executivo_a_revogacao_do_decreto_148-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3172/ind._491-25_solicita_ao_executivo_a_formulacao_de_um_projeto_de_lei_onde_os_profissionais_da_educacao_possam_usufruir__da_merenda_escolar.docx.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3173/ind._492-25__inclusao_de_novas_areas_no_planejamento_de_expansao_da_rede_de_saneamento_basico_do_municipio.docx.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3175/ind._493-2025_manutencao_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3176/ind._494-25_solicita__continuidade_na_abertura_da_rua_marta_kreibch_lauer_.docx.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3177/ind._495-2025_manutencao_rua_bairro_tijuco_preto.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3178/ind._496-2025_encaminhar_oficio_ao_deputado_estadual_thiago_buhrer.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3180/ind._497-25__manutencao_bueiro_na_roseira.docx.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3181/ind._498-2025._contratar_profissional_para_conduzir_os_exercicios_na_academia_da_saude.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3182/ind._499.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3188/ind._500-25__implantacao_de_lombadas_na_rua_alfonso_nentwig.docx.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3194/ind._501.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3195/ind._502-25_reitera_as_indicacoes_06_2024_e_92_2025_lombada_na_vicente_machado.docx.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3196/ind._503-25_solicita_lombada_na_rua_thomaz_becker.docx_1.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3197/ind._504-25_solicita_empedramento_e_patrolamento_no_lageado_dos_cordeiros.docx_1.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3198/ind._505-25_solicita__abate_de_pinheiros_no_abrigo_de_caes_sao_francisco..docx_1.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3200/ind._506-25__continuacao_do_asfalto_na_rua_alfonso_nentwig.docx.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3203/ind._507-2025_manutencao_na_estrada_da_comunicade_do_lencol.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3204/ind._508-2025_manutencao_subida_da_rua_do_paulinho.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3216/ind._509-2025_instalacao_de_parque_infantil.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3217/ind._510-25__canalizacao_na_rua_da_volta_grande.docx.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3219/ind._511.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3220/ind._512.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3221/ind._513.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3222/ind._514-2025.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3223/ind._515-2025.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3224/ind._516-2025.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3231/ind._517-2025._empedramento_estrada_da_barra_grande_1.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3234/ind._518.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3235/ind._519-25__solicita_pavimentacao_no_trecho_restante_da_rua_joao_alfredo_kuhl.docx.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3236/ind._520-25__melhorias_na_rua_paulo_schafhauser_baiirro_alto.docx.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3240/ind._521.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3241/ind._522_2025._manut_estr_geral_campina_bonita.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3242/ind._523_2025._manut_estr_roseira.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3244/ind._524-2025_patrolamento_rua_arnoldo_bley.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3246/ind._525-2025_patrolamento_estrada_do_cunhupa.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3247/ind._526-2025._planejamento_sinalizacao_e_comunicacao_das_intervencoes_de_transito.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3255/ind._527.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3258/ind._528-25__melhorias_na_praca_da_rua_antonio_hening_parque_infantil_e_campo_de_futebol.docx.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3259/ind._529-2025.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3260/ind._530-2025.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3261/ind._531_2025.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3262/ind._532-2025..pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3265/ind._533-25__manutencao_do_ponto_de_onibus_da_rua_antonio_hening_esquina_com_a_antonio_martins.docx.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3266/ind._534-25__mudanca_do_ponto_de_onibus_da_rua_teodoro_bagio_e_colocacao_ponto_de_onibus_na_rua_markus_anton_fendel.docx.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3267/ind._535-2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3268/ind._536-2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3269/ind._537.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3270/ind._538.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3271/ind._539.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3272/ind._540.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3273/ind._541.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3281/ind._542.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3283/ind._543.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3284/ind._544.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3296/_ind._545-2025._reparo_ginasio_escola_municipal_celson_catalan.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3314/ind._546-25_solicita_lombada_na_rua_antonio_marques.docx.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3315/ind._547-2025.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3316/ind._548-2025_1.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3317/ind._549-25_solicita__ao_executivo_poda_das_arvores_na_creche_lenir_rodrigues.docx.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3318/ind._550-25_solicita__ao_executivo_poda_das_arvores_no_viaduto_da_rua_jacob_fuchs..docx.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3319/ind._551-25_solicita__ao_executivo_maior_atencao_e_cuidado_no_patrolamento_das_estradas_do_interior_passo_do_valo.docx.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3320/ind._552-2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3321/ind._553-2025_1.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3323/ind._554_2025_1.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2689/emenda_ao_projeto_11.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2690/emendas_ao_projeto_lei_15_2025.1.docx_1.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2708/projeto_de_emenda_ao_projeto_de_resolucao_no_01.2025.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2731/proposta_emenda_4_lei_15_2025_1.docx.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2787/emenda_5.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2977/emenda_modificativa_projeto_de_lei__42.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3057/emenda_aditiva_p_lei_51.2025.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3146/emenda_modificativa_projeto_de_lei__53.2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3229/emenda_9_pl_65.2025.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3230/emenda_10_pl68_2025.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3232/projeto_de_emenda_pl_44_2025_1_1.docx.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3250/emenda_12__pl_61.2025.docx_-_documentos_google_3.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3290/emenda_13.2025_plo_59.2025_ass.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3291/emenda_14.2025_plo_59.2025_ass.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3292/emenda_15.2025_plo_59.2025_ass.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3295/emenda_16_de_2025._p_lei_60_de_2025_2.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3322/projeto_emenda_justificativa_hospital_bom_jesus.docx_2.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3054/parecer_da_comissao_de_legislacao_pl_51.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3056/parecer_da_comissao_de_legislacao_pl_50.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3097/parecer_da_comissao_de_legislacao_pl_52.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3206/parecer_da_comissao_de_legislacao_pl_62.2025_1.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3208/parecer_da_comissao_de_legislacao_pl_63.2025_1.docx.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3226/parecer_comissao_pl68_2025_e_emenda_corrigida_final.docx_1.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3227/parecer_da_comissao_de_legislacao_pl_65.2025_2.docx.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3228/parecer_comissao_legislacao_pl44_2025_atualizado.docx.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3249/parecer_da_comissao_de_legislacao_pl_61.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3287/parecer_da_comissao_de_legislacao_pl_58.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3288/parecer_da_comissao_de_legislacao_pl_59.2025.docx_1_1.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3293/parecer_cljr_com_emenda_pl60_2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3334/parecer_da_comissao_de_legislacao_pl_77_78_79.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3336/parecer_da_comissao_de_legislacao_plc_34.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3050/parecer_da_comissao_de_financas_e_orcamento_parecer_previo_tce-pr_n.o_127_2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3256/parecer_cfo_loa_2026_recomendacao002.docx_1.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3278/parecer__16_comissao_de_financa_e_orcamento_pl_73_74_75.2025_1.docx_1.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3279/parecer_da_comissao_de_financas_e_orcamento_parecer_previo_tce-pr_n._317_2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3297/parecer_comissao_de_financa_e_orcamento_pl_58.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3298/parecer_comissao_de_financa_e_orcamento_pl_59.2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3299/parecer_comissao_de_financa_e_orcamento_pl_60.2025__-_ok.docx_2.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3335/parecer_comissao_de_financa_e_orcamento_pl_77_78_79.2025.docx.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3078/parecer_cljr_15-09.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3300/emenda_001.2025_-_neusa.docx_2.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3301/emenda_002.2025_-_isabel.docx_1.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3302/emenda_003.2025_-_joao.docx.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3303/emenda_004.2025_-_luiz_felipe_stafin.docx.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3304/emenda_005.2025_-_geovane.docx_1.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3305/emenda_006.2025_-_francisco_veiga.docx_1.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3306/emenda_007.2025_-_maria_celia.docx.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3307/emenda_008.2025_-_odair.docx_1.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3308/emenda_009.2024_-_colaco.docx.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3309/_emenda_010.2025_-_landivo.docx_2.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3310/emenda_011.2025_-_milene.docx.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3186/req._118-2025_pedido_de_urgencia_plei_65.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3202/req._125-2025_pedido_de_urgencia_plei_68.docx_1.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3326/req._139-2025_-_pedido_de_urgencia_plc_03_2025_s.docx.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3330/req._140-2025_pedido_de_urgencia_pleis_77-78_e_79.docx.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2568/ata_reuniao_comissao_justica_redacao_pl_4-5-6-7-8-2025.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2745/ata__19-05-2025_comissao_legislacao_justica_e_redacao_27-28-29-30-31-32.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2756/ata__20-05-2025_comissao__financas_e_orcamento__27-28-29-30-31-32_ok_1.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2758/ata__22-05-2025_comissao_de_financas_e_orcamento__pls_31_e_33.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2759/ata__22-05-2025_comissao_legislacao_justica_e_redacao_pl_33.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2802/ata__02-06-2025_comissao_legislacao_justica_e_redacao_pls_25-26-34_6_1.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2822/ata_cljr.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2824/ata__10-06-2025_comissao_de_financas_e_orcamento__pls_36-37-38-39.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2835/ata__12-05-2025_comissao_legislacao_justica_e_redacao_pls_21_23_e_24_e_emenda_03.docx.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2836/ata_reuniao_para_analise_pl_21-25_servidores.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2837/ata_reuniao_analise_29-5-25.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2859/ata_da_cljr.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2860/ata_cesas.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2861/ata__02-06-2025_comissao_legislacao_justica_e_redacao_pls_25-26-34_6_2.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2883/ata_comissao_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2963/ata_cfo.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2969/ata_cljr.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2978/_ata_comissao_ljr_11-08-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2980/ata_cfo__14-08-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/2987/ata_reuniao_comissao_ljr.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3034/ata_ljr_01-09-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3049/_ata_cfo_prestacao_de_contas_1.docx.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3053/ata_ljr_08-09-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3077/ata_reuniao_cljr_15-09.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3082/ata_da_reuniao_da_comissao_especial.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3096/ata_ljr_25_-09-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3136/_ata_ljr_06_-10-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3148/ata_cfo_07-10-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3167/ata_c_l_j_r_-_13-10-2025__pls_021-062-044.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3179/ata_c_l_j_r_-_reuniao_dia_20-10-2025__pl_62.docx.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3207/ata_c_l_j_r_-_reuniao_dia_28-10-2025__pl_62_e_63__ok.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3215/ata_cljr.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3225/ata_c_l_j_r_-_reuniao_dia_03-11-2025__pl_4465_e_68.docx.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3233/ata_da_cesas.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3245/ata_ljr_17-11-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3257/ata_cfo_loa_2026_recomendacao002.docx_2.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3277/ata__57_cfo-_reuniao_dia_25-11-2025.docx_1.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3294/ata_cfo-_reuniao_dia_01-12-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3331/ata_cfo-_reuniao_dia_08-12-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3333/ata_reuniao_cesas_09-12-25.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3337/ata_c_l_j_r_-_reuniao_dia_11-12-2025.docx_2.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.rionegro.pr.leg.br/media/sapl/public/materialegislativa/2025/3338/_ata_cfo-_reuniao_dia_11-12-2025.docx_1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H880"/>
+  <dimension ref="A1:H881"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="204.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -16682,17058 +16697,17084 @@
       </c>
       <c r="G225" s="1" t="s">
         <v>882</v>
       </c>
       <c r="H225" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>884</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
         <v>10</v>
       </c>
       <c r="D226" t="s">
         <v>885</v>
       </c>
       <c r="E226" t="s">
         <v>886</v>
       </c>
       <c r="F226" t="s">
-        <v>435</v>
+        <v>31</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>887</v>
       </c>
       <c r="H226" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>889</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D227" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E227" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F227" t="s">
-        <v>401</v>
+        <v>435</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="H227" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>334</v>
+        <v>17</v>
       </c>
       <c r="D228" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E228" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F228" t="s">
-        <v>704</v>
+        <v>401</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="H228" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="D229" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E229" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F229" t="s">
         <v>704</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="H229" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>375</v>
+        <v>338</v>
       </c>
       <c r="D230" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E230" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F230" t="s">
         <v>704</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="H230" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>30</v>
+        <v>375</v>
       </c>
       <c r="D231" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E231" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F231" t="s">
-        <v>382</v>
+        <v>704</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="H231" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D232" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E232" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F232" t="s">
         <v>382</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="H232" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D233" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E233" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F233" t="s">
         <v>382</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="H233" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D234" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E234" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F234" t="s">
-        <v>435</v>
+        <v>382</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="H234" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D235" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E235" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F235" t="s">
-        <v>288</v>
+        <v>435</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="H235" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D236" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E236" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F236" t="s">
-        <v>62</v>
+        <v>288</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="H236" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D237" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E237" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F237" t="s">
         <v>62</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="H237" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D238" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E238" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F238" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="H238" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D239" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E239" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F239" t="s">
-        <v>288</v>
+        <v>435</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="H239" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D240" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E240" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F240" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="H240" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D241" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E241" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F241" t="s">
         <v>100</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="H241" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D242" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E242" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F242" t="s">
         <v>100</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="H242" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D243" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E243" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F243" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="H243" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D244" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E244" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F244" t="s">
-        <v>172</v>
+        <v>62</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="H244" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>431</v>
+        <v>86</v>
       </c>
       <c r="D245" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E245" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F245" t="s">
         <v>172</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="H245" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>90</v>
+        <v>431</v>
       </c>
       <c r="D246" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E246" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F246" t="s">
         <v>172</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="H246" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D247" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E247" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F247" t="s">
-        <v>288</v>
+        <v>172</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="H247" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D248" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E248" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F248" t="s">
-        <v>49</v>
+        <v>288</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="H248" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D249" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E249" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F249" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="H249" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D250" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E250" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F250" t="s">
-        <v>382</v>
+        <v>62</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="H250" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D251" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E251" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F251" t="s">
         <v>382</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="H251" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D252" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E252" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F252" t="s">
         <v>382</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="H252" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D253" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E253" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F253" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="H253" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D254" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E254" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F254" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="H254" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D255" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E255" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F255" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="H255" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D256" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E256" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F256" t="s">
         <v>435</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="H256" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="D257" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E257" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F257" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="H257" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D258" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E258" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F258" t="s">
-        <v>100</v>
+        <v>62</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="H258" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D259" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E259" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F259" t="s">
-        <v>986</v>
+        <v>100</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="H259" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D260" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E260" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F260" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="H260" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D261" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E261" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F261" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="H261" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D262" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E262" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F262" t="s">
-        <v>401</v>
+        <v>998</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="H262" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D263" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E263" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F263" t="s">
         <v>401</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="H263" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D264" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E264" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F264" t="s">
-        <v>172</v>
+        <v>401</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H264" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D265" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E265" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F265" t="s">
         <v>172</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="H265" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D266" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E266" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F266" t="s">
-        <v>288</v>
+        <v>172</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="H266" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D267" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E267" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F267" t="s">
         <v>288</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="H267" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D268" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E268" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F268" t="s">
         <v>288</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="H268" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D269" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E269" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F269" t="s">
-        <v>704</v>
+        <v>288</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="H269" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D270" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E270" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F270" t="s">
         <v>704</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="H270" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D271" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E271" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F271" t="s">
-        <v>435</v>
+        <v>704</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="H271" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D272" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E272" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F272" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="H272" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D273" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E273" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F273" t="s">
-        <v>1030</v>
+        <v>62</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="H273" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D274" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E274" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F274" t="s">
-        <v>100</v>
+        <v>1035</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="H274" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D275" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E275" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F275" t="s">
         <v>100</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="H275" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D276" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E276" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F276" t="s">
         <v>100</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="H276" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D277" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E277" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F277" t="s">
-        <v>1043</v>
+        <v>100</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H277" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D278" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E278" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F278" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="H278" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D279" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E279" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F279" t="s">
-        <v>288</v>
+        <v>1048</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="H279" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D280" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E280" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F280" t="s">
-        <v>704</v>
+        <v>288</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="H280" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D281" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E281" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F281" t="s">
-        <v>457</v>
+        <v>704</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="H281" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D282" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E282" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F282" t="s">
-        <v>704</v>
+        <v>457</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="H282" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D283" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E283" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F283" t="s">
         <v>704</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="H283" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D284" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E284" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F284" t="s">
-        <v>382</v>
+        <v>704</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="H284" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D285" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E285" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F285" t="s">
-        <v>62</v>
+        <v>382</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="H285" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="D286" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E286" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F286" t="s">
         <v>62</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="H286" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D287" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E287" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F287" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="H287" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="D288" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E288" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F288" t="s">
-        <v>401</v>
+        <v>435</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="H288" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="D289" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E289" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F289" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="H289" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="D290" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E290" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F290" t="s">
         <v>382</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="H290" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D291" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E291" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F291" t="s">
-        <v>461</v>
+        <v>382</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="H291" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D292" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E292" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F292" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="H292" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D293" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E293" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F293" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="H293" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="D294" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E294" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F294" t="s">
         <v>62</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="H294" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="D295" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E295" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F295" t="s">
         <v>62</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="H295" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D296" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E296" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F296" t="s">
-        <v>401</v>
+        <v>62</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="H296" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="D297" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E297" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F297" t="s">
-        <v>457</v>
+        <v>401</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="H297" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D298" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E298" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F298" t="s">
-        <v>704</v>
+        <v>457</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="H298" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D299" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E299" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F299" t="s">
         <v>704</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="H299" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D300" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E300" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F300" t="s">
-        <v>288</v>
+        <v>704</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="H300" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D301" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E301" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F301" t="s">
         <v>288</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="H301" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D302" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E302" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F302" t="s">
         <v>288</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="H302" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D303" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E303" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F303" t="s">
-        <v>49</v>
+        <v>288</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="H303" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D304" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E304" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F304" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="H304" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>624</v>
+        <v>322</v>
       </c>
       <c r="D305" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E305" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F305" t="s">
         <v>100</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="H305" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="D306" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E306" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F306" t="s">
-        <v>172</v>
+        <v>100</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="H306" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
       <c r="D307" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E307" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F307" t="s">
         <v>172</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="H307" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="D308" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E308" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F308" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="H308" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="D309" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E309" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F309" t="s">
         <v>100</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="H309" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="D310" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E310" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F310" t="s">
-        <v>382</v>
+        <v>100</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="H310" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="D311" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E311" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F311" t="s">
         <v>382</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="H311" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="D312" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E312" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F312" t="s">
         <v>382</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="H312" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="D313" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E313" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F313" t="s">
-        <v>1152</v>
+        <v>382</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="H313" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="D314" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E314" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F314" t="s">
-        <v>62</v>
+        <v>1157</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="H314" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="D315" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E315" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F315" t="s">
         <v>62</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="H315" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="D316" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E316" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F316" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="H316" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="D317" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E317" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F317" t="s">
         <v>435</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="H317" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="D318" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E318" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F318" t="s">
-        <v>704</v>
+        <v>435</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="H318" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="D319" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E319" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F319" t="s">
-        <v>401</v>
+        <v>704</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="H319" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="D320" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E320" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F320" t="s">
         <v>401</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="H320" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="D321" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E321" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F321" t="s">
-        <v>172</v>
+        <v>401</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="H321" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
       <c r="D322" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E322" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F322" t="s">
         <v>172</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="H322" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="D323" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E323" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F323" t="s">
         <v>172</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="H323" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="D324" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E324" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F324" t="s">
-        <v>1043</v>
+        <v>172</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="H324" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="D325" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E325" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F325" t="s">
-        <v>44</v>
+        <v>1048</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="H325" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="D326" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E326" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F326" t="s">
-        <v>1192</v>
+        <v>44</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="H326" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="D327" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E327" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F327" t="s">
-        <v>49</v>
+        <v>1197</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="H327" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="D328" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E328" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F328" t="s">
-        <v>1043</v>
+        <v>49</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="H328" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="D329" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E329" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F329" t="s">
-        <v>288</v>
+        <v>1048</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="H329" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="D330" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E330" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F330" t="s">
-        <v>461</v>
+        <v>288</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="H330" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="D331" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E331" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F331" t="s">
-        <v>401</v>
+        <v>461</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="H331" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="D332" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E332" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F332" t="s">
-        <v>44</v>
+        <v>401</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="H332" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="D333" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E333" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F333" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="H333" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="D334" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E334" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F334" t="s">
-        <v>401</v>
+        <v>49</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="H334" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
       <c r="D335" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E335" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F335" t="s">
-        <v>278</v>
+        <v>401</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="H335" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="D336" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E336" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F336" t="s">
-        <v>382</v>
+        <v>278</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="H336" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="D337" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E337" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F337" t="s">
-        <v>704</v>
+        <v>382</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="H337" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="D338" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E338" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F338" t="s">
         <v>704</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="H338" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="D339" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E339" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F339" t="s">
-        <v>62</v>
+        <v>704</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="H339" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="D340" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E340" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F340" t="s">
-        <v>551</v>
+        <v>62</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="H340" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="D341" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E341" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F341" t="s">
-        <v>435</v>
+        <v>551</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="H341" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1241</v>
+        <v>784</v>
       </c>
       <c r="D342" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E342" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F342" t="s">
         <v>435</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="H342" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>789</v>
+        <v>1246</v>
       </c>
       <c r="D343" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E343" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F343" t="s">
-        <v>288</v>
+        <v>435</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="H343" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="D344" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E344" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F344" t="s">
         <v>288</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="H344" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="D345" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E345" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F345" t="s">
-        <v>776</v>
+        <v>288</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="H345" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="D346" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E346" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F346" t="s">
-        <v>100</v>
+        <v>776</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="H346" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="D347" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E347" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F347" t="s">
         <v>100</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="H347" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="D348" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E348" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F348" t="s">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="H348" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1263</v>
+        <v>810</v>
       </c>
       <c r="D349" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E349" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F349" t="s">
         <v>288</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="H349" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>814</v>
+        <v>1268</v>
       </c>
       <c r="D350" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E350" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F350" t="s">
-        <v>401</v>
+        <v>288</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="H350" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>822</v>
+        <v>814</v>
       </c>
       <c r="D351" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E351" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F351" t="s">
-        <v>435</v>
+        <v>401</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="H351" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="D352" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E352" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F352" t="s">
         <v>435</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="H352" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="D353" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E353" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F353" t="s">
-        <v>382</v>
+        <v>435</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="H353" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>835</v>
+        <v>830</v>
       </c>
       <c r="D354" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E354" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F354" t="s">
         <v>382</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="H354" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="D355" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E355" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F355" t="s">
-        <v>100</v>
+        <v>382</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="H355" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="D356" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E356" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F356" t="s">
         <v>100</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="H356" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="D357" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E357" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F357" t="s">
         <v>100</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="H357" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="D358" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E358" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F358" t="s">
-        <v>435</v>
+        <v>100</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="H358" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="D359" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E359" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F359" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="H359" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="D360" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E360" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F360" t="s">
         <v>62</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="H360" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="D361" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E361" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F361" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="H361" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>1303</v>
+        <v>865</v>
       </c>
       <c r="D362" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E362" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F362" t="s">
         <v>44</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="H362" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D363" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E363" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F363" t="s">
-        <v>704</v>
+        <v>44</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="H363" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D364" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E364" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F364" t="s">
-        <v>461</v>
+        <v>704</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="H364" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D365" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E365" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F365" t="s">
         <v>461</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="H365" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D366" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E366" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F366" t="s">
-        <v>1320</v>
+        <v>461</v>
       </c>
       <c r="G366" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="H366" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1323</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
         <v>1324</v>
       </c>
       <c r="D367" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E367" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F367" t="s">
-        <v>100</v>
+        <v>1325</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="H367" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="D368" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E368" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F368" t="s">
         <v>100</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="H368" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D369" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E369" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F369" t="s">
-        <v>401</v>
+        <v>100</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="H369" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D370" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E370" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F370" t="s">
         <v>401</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="H370" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="D371" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E371" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F371" t="s">
-        <v>759</v>
+        <v>401</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="H371" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D372" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E372" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F372" t="s">
-        <v>435</v>
+        <v>759</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="H372" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="D373" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E373" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F373" t="s">
         <v>435</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="H373" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="D374" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E374" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F374" t="s">
-        <v>288</v>
+        <v>435</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="H374" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="D375" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E375" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F375" t="s">
         <v>288</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="H375" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D376" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E376" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F376" t="s">
-        <v>1361</v>
+        <v>288</v>
       </c>
       <c r="G376" s="1" t="s">
         <v>1362</v>
       </c>
       <c r="H376" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>1364</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
         <v>1365</v>
       </c>
       <c r="D377" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E377" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F377" t="s">
-        <v>49</v>
+        <v>1366</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="H377" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="D378" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E378" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F378" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="H378" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="D379" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E379" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F379" t="s">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="H379" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="D380" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E380" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F380" t="s">
-        <v>418</v>
+        <v>288</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="H380" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="D381" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E381" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F381" t="s">
-        <v>704</v>
+        <v>418</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="H381" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="D382" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E382" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F382" t="s">
-        <v>49</v>
+        <v>704</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="H382" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="D383" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E383" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F383" t="s">
-        <v>461</v>
+        <v>49</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="H383" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D384" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E384" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F384" t="s">
-        <v>1043</v>
+        <v>461</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="H384" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D385" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E385" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F385" t="s">
-        <v>382</v>
+        <v>1048</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="H385" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D386" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E386" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F386" t="s">
-        <v>435</v>
+        <v>382</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="H386" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D387" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E387" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F387" t="s">
-        <v>1406</v>
+        <v>435</v>
       </c>
       <c r="G387" s="1" t="s">
         <v>1407</v>
       </c>
       <c r="H387" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>1409</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
         <v>1410</v>
       </c>
       <c r="D388" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E388" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F388" t="s">
-        <v>776</v>
+        <v>1411</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="H388" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D389" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E389" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F389" t="s">
-        <v>62</v>
+        <v>776</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="H389" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="D390" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E390" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F390" t="s">
         <v>62</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="H390" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="D391" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E391" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F391" t="s">
-        <v>382</v>
+        <v>62</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="H391" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D392" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E392" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F392" t="s">
-        <v>62</v>
+        <v>382</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="H392" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D393" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E393" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F393" t="s">
         <v>62</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="H393" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="D394" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E394" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F394" t="s">
         <v>62</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="H394" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D395" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E395" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F395" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="H395" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D396" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E396" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F396" t="s">
-        <v>401</v>
+        <v>435</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="H396" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D397" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E397" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F397" t="s">
         <v>401</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="H397" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D398" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E398" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F398" t="s">
-        <v>704</v>
+        <v>401</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="H398" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D399" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E399" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F399" t="s">
-        <v>461</v>
+        <v>704</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="H399" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D400" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E400" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F400" t="s">
-        <v>100</v>
+        <v>461</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="H400" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D401" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E401" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F401" t="s">
         <v>100</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="H401" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D402" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E402" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F402" t="s">
         <v>100</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H402" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D403" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E403" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F403" t="s">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="H403" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D404" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E404" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F404" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="H404" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="D405" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E405" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F405" t="s">
-        <v>288</v>
+        <v>172</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="H405" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D406" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E406" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F406" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="H406" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="D407" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E407" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F407" t="s">
-        <v>382</v>
+        <v>172</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="H407" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="D408" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E408" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F408" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="H408" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="D409" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E409" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F409" t="s">
-        <v>382</v>
+        <v>49</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="H409" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="D410" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E410" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F410" t="s">
-        <v>435</v>
+        <v>382</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="H410" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="D411" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E411" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F411" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="H411" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="D412" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E412" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F412" t="s">
         <v>62</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="H412" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D413" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E413" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F413" t="s">
         <v>62</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="H413" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="D414" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E414" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F414" t="s">
-        <v>172</v>
+        <v>62</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="H414" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D415" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E415" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F415" t="s">
         <v>172</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="H415" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D416" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E416" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F416" t="s">
-        <v>1523</v>
+        <v>172</v>
       </c>
       <c r="G416" s="1" t="s">
         <v>1524</v>
       </c>
       <c r="H416" t="s">
         <v>1525</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>1526</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>1527</v>
       </c>
       <c r="D417" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E417" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F417" t="s">
-        <v>435</v>
+        <v>1528</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="H417" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="D418" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E418" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F418" t="s">
-        <v>100</v>
+        <v>435</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="H418" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="D419" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E419" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F419" t="s">
         <v>100</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="H419" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="D420" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E420" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F420" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="H420" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="D421" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E421" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F421" t="s">
         <v>62</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="H421" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="D422" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E422" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F422" t="s">
         <v>62</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="H422" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D423" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E423" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F423" t="s">
-        <v>414</v>
+        <v>62</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="H423" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="D424" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E424" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F424" t="s">
-        <v>704</v>
+        <v>414</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="H424" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D425" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E425" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F425" t="s">
-        <v>172</v>
+        <v>704</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="H425" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D426" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E426" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F426" t="s">
         <v>172</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="H426" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="D427" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E427" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F427" t="s">
-        <v>401</v>
+        <v>172</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="H427" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D428" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E428" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F428" t="s">
-        <v>288</v>
+        <v>401</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="H428" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D429" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E429" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F429" t="s">
         <v>288</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="H429" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="D430" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E430" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F430" t="s">
-        <v>44</v>
+        <v>288</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="H430" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="D431" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E431" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F431" t="s">
         <v>44</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="H431" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="D432" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E432" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F432" t="s">
-        <v>1588</v>
+        <v>44</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>1589</v>
       </c>
       <c r="H432" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1591</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
         <v>1592</v>
       </c>
       <c r="D433" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E433" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F433" t="s">
-        <v>704</v>
+        <v>1593</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="H433" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D434" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E434" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F434" t="s">
-        <v>100</v>
+        <v>704</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="H434" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D435" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E435" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F435" t="s">
-        <v>172</v>
+        <v>100</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="H435" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="D436" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E436" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F436" t="s">
         <v>172</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="H436" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D437" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E437" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F437" t="s">
-        <v>435</v>
+        <v>172</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="H437" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="D438" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E438" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F438" t="s">
         <v>435</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="H438" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="D439" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E439" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F439" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="H439" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="D440" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E440" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F440" t="s">
         <v>62</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="H440" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="D441" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E441" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F441" t="s">
         <v>62</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="H441" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="D442" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E442" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F442" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="H442" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="D443" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E443" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F443" t="s">
-        <v>401</v>
+        <v>49</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="H443" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="D444" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E444" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F444" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="H444" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="D445" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E445" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F445" t="s">
         <v>382</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="H445" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="D446" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E446" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F446" t="s">
-        <v>435</v>
+        <v>382</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="H446" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="D447" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E447" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F447" t="s">
         <v>435</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="H447" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D448" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E448" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F448" t="s">
-        <v>172</v>
+        <v>435</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="H448" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="D449" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E449" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F449" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="H449" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="D450" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E450" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F450" t="s">
-        <v>993</v>
+        <v>49</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="H450" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="D451" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E451" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F451" t="s">
-        <v>401</v>
+        <v>998</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="H451" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="D452" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E452" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F452" t="s">
-        <v>288</v>
+        <v>401</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="H452" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="D453" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E453" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F453" t="s">
         <v>288</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="H453" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="D454" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E454" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F454" t="s">
         <v>288</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="H454" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D455" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E455" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F455" t="s">
-        <v>62</v>
+        <v>288</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="H455" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="D456" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E456" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F456" t="s">
         <v>62</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="H456" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="D457" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E457" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F457" t="s">
         <v>62</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="H457" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="D458" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E458" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F458" t="s">
-        <v>100</v>
+        <v>62</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="H458" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="D459" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E459" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F459" t="s">
         <v>100</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="H459" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="D460" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E460" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F460" t="s">
-        <v>382</v>
+        <v>100</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="H460" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="D461" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E461" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F461" t="s">
-        <v>288</v>
+        <v>382</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="H461" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="D462" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E462" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F462" t="s">
-        <v>62</v>
+        <v>288</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="H462" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="D463" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E463" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F463" t="s">
         <v>62</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="H463" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D464" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E464" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F464" t="s">
-        <v>704</v>
+        <v>62</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="H464" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="D465" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E465" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F465" t="s">
-        <v>44</v>
+        <v>704</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="H465" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="D466" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E466" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F466" t="s">
-        <v>401</v>
+        <v>44</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="H466" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="D467" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E467" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F467" t="s">
-        <v>49</v>
+        <v>401</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="H467" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="D468" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E468" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F468" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="H468" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="D469" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E469" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F469" t="s">
-        <v>461</v>
+        <v>100</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="H469" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D470" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E470" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F470" t="s">
-        <v>49</v>
+        <v>461</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="H470" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="D471" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E471" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F471" t="s">
         <v>49</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="H471" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="D472" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E472" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F472" t="s">
-        <v>704</v>
+        <v>49</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
       <c r="H472" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="D473" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E473" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F473" t="s">
         <v>704</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="H473" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="D474" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E474" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F474" t="s">
-        <v>461</v>
+        <v>704</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="H474" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="D475" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E475" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F475" t="s">
-        <v>288</v>
+        <v>461</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="H475" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="D476" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E476" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F476" t="s">
         <v>288</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="H476" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="D477" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E477" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F477" t="s">
-        <v>435</v>
+        <v>288</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="H477" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="D478" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E478" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F478" t="s">
-        <v>100</v>
+        <v>435</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="H478" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="D479" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E479" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F479" t="s">
-        <v>382</v>
+        <v>100</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="H479" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="D480" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E480" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F480" t="s">
-        <v>62</v>
+        <v>382</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="H480" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="D481" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E481" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F481" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="H481" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="D482" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E482" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F482" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="H482" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D483" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E483" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F483" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="H483" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D484" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E484" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F484" t="s">
         <v>62</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="H484" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="D485" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E485" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F485" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="H485" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="D486" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E486" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F486" t="s">
         <v>435</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="H486" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D487" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E487" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F487" t="s">
-        <v>704</v>
+        <v>435</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="H487" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="D488" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E488" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F488" t="s">
         <v>704</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="H488" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="D489" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E489" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F489" t="s">
-        <v>62</v>
+        <v>704</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="H489" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D490" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E490" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F490" t="s">
         <v>62</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="H490" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="D491" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E491" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F491" t="s">
-        <v>1043</v>
+        <v>62</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="H491" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="D492" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E492" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F492" t="s">
-        <v>288</v>
+        <v>1048</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="H492" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="D493" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E493" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F493" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="H493" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="D494" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E494" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F494" t="s">
-        <v>382</v>
+        <v>100</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="H494" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="D495" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E495" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F495" t="s">
-        <v>435</v>
+        <v>382</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
       <c r="H495" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="D496" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E496" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F496" t="s">
         <v>435</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="H496" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="D497" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E497" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F497" t="s">
-        <v>461</v>
+        <v>435</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="H497" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="D498" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E498" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F498" t="s">
-        <v>62</v>
+        <v>461</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="H498" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="D499" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E499" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F499" t="s">
         <v>62</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="H499" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="D500" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E500" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F500" t="s">
-        <v>382</v>
+        <v>62</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="H500" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="D501" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E501" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F501" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="H501" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
       <c r="D502" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E502" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F502" t="s">
         <v>49</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="H502" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="D503" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E503" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F503" t="s">
-        <v>288</v>
+        <v>49</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="H503" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="D504" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E504" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F504" t="s">
         <v>288</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="H504" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="D505" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E505" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F505" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="H505" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="D506" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E506" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F506" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="H506" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="D507" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E507" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F507" t="s">
         <v>62</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="H507" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="D508" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E508" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F508" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="H508" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="D509" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E509" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F509" t="s">
-        <v>401</v>
+        <v>435</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="H509" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="D510" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E510" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F510" t="s">
-        <v>457</v>
+        <v>401</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="H510" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="D511" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E511" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F511" t="s">
-        <v>382</v>
+        <v>457</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="H511" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="D512" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E512" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F512" t="s">
-        <v>704</v>
+        <v>382</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="H512" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="D513" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E513" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F513" t="s">
         <v>704</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="H513" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="D514" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E514" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F514" t="s">
-        <v>561</v>
+        <v>704</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="H514" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="D515" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E515" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F515" t="s">
         <v>561</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="H515" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="D516" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E516" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F516" t="s">
-        <v>62</v>
+        <v>561</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="H516" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="D517" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E517" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F517" t="s">
         <v>62</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="H517" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="D518" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E518" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F518" t="s">
-        <v>461</v>
+        <v>62</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="H518" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="D519" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E519" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F519" t="s">
         <v>461</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="H519" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="D520" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E520" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F520" t="s">
-        <v>62</v>
+        <v>461</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="H520" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="D521" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E521" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F521" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="H521" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="D522" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E522" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F522" t="s">
-        <v>288</v>
+        <v>435</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="H522" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="D523" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E523" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F523" t="s">
         <v>288</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="H523" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="D524" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E524" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F524" t="s">
-        <v>49</v>
+        <v>288</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="H524" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="D525" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E525" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F525" t="s">
-        <v>288</v>
+        <v>49</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="H525" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="D526" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E526" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F526" t="s">
-        <v>382</v>
+        <v>288</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="H526" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="D527" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E527" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F527" t="s">
         <v>382</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="H527" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="D528" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E528" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F528" t="s">
-        <v>435</v>
+        <v>382</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="H528" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="D529" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E529" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F529" t="s">
-        <v>1977</v>
+        <v>435</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>1978</v>
       </c>
       <c r="H529" t="s">
         <v>1979</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>1980</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
         <v>1981</v>
       </c>
       <c r="D530" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E530" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F530" t="s">
-        <v>704</v>
+        <v>1982</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="H530" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="D531" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E531" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F531" t="s">
-        <v>62</v>
+        <v>704</v>
       </c>
       <c r="G531" s="1" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="H531" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="D532" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E532" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F532" t="s">
         <v>62</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="H532" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="D533" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E533" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F533" t="s">
-        <v>172</v>
+        <v>62</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="H533" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="D534" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E534" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F534" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="H534" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="D535" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E535" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F535" t="s">
         <v>49</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="H535" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="D536" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E536" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F536" t="s">
-        <v>704</v>
+        <v>49</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="H536" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D537" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E537" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F537" t="s">
-        <v>561</v>
+        <v>704</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="H537" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="D538" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E538" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F538" t="s">
-        <v>382</v>
+        <v>561</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="H538" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="D539" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E539" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F539" t="s">
         <v>382</v>
       </c>
       <c r="G539" s="1" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="H539" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="D540" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E540" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F540" t="s">
-        <v>288</v>
+        <v>382</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="H540" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="D541" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E541" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F541" t="s">
         <v>288</v>
       </c>
       <c r="G541" s="1" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="H541" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="D542" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E542" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F542" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="H542" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="D543" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E543" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F543" t="s">
-        <v>461</v>
+        <v>172</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="H543" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="D544" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E544" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F544" t="s">
         <v>461</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="H544" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="D545" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E545" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F545" t="s">
-        <v>704</v>
+        <v>461</v>
       </c>
       <c r="G545" s="1" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="H545" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="D546" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E546" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F546" t="s">
-        <v>435</v>
+        <v>704</v>
       </c>
       <c r="G546" s="1" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="H546" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="D547" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E547" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F547" t="s">
-        <v>288</v>
+        <v>435</v>
       </c>
       <c r="G547" s="1" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="H547" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="D548" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E548" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F548" t="s">
-        <v>561</v>
+        <v>288</v>
       </c>
       <c r="G548" s="1" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="H548" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="D549" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E549" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F549" t="s">
-        <v>382</v>
+        <v>561</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="H549" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="D550" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E550" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F550" t="s">
-        <v>599</v>
+        <v>382</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="H550" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="D551" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E551" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F551" t="s">
-        <v>382</v>
+        <v>599</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="H551" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="D552" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E552" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F552" t="s">
-        <v>435</v>
+        <v>382</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="H552" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="D553" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E553" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F553" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="H553" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="D554" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E554" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F554" t="s">
         <v>62</v>
       </c>
       <c r="G554" s="1" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="H554" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="D555" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E555" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F555" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="H555" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="D556" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E556" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F556" t="s">
-        <v>2086</v>
+        <v>435</v>
       </c>
       <c r="G556" s="1" t="s">
         <v>2087</v>
       </c>
       <c r="H556" t="s">
         <v>2088</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
         <v>2089</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
         <v>2090</v>
       </c>
       <c r="D557" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E557" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F557" t="s">
-        <v>561</v>
+        <v>2091</v>
       </c>
       <c r="G557" s="1" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="H557" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="D558" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E558" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F558" t="s">
-        <v>704</v>
+        <v>561</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="H558" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="D559" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E559" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F559" t="s">
-        <v>382</v>
+        <v>704</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="H559" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="D560" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E560" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F560" t="s">
         <v>382</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="H560" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="D561" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E561" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F561" t="s">
-        <v>2107</v>
+        <v>382</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>2108</v>
       </c>
       <c r="H561" t="s">
         <v>2109</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>2110</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
         <v>2111</v>
       </c>
       <c r="D562" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E562" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F562" t="s">
-        <v>288</v>
+        <v>2112</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="H562" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="D563" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E563" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F563" t="s">
         <v>288</v>
       </c>
       <c r="G563" s="1" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="H563" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="D564" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E564" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F564" t="s">
         <v>288</v>
       </c>
       <c r="G564" s="1" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="H564" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="D565" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E565" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F565" t="s">
-        <v>561</v>
+        <v>288</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="H565" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D566" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E566" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F566" t="s">
-        <v>62</v>
+        <v>561</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="H566" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="D567" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E567" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F567" t="s">
         <v>62</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="H567" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="D568" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E568" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F568" t="s">
-        <v>461</v>
+        <v>62</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="H568" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="D569" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E569" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F569" t="s">
-        <v>382</v>
+        <v>461</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="H569" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="D570" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E570" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F570" t="s">
         <v>382</v>
       </c>
       <c r="G570" s="1" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="H570" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="D571" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E571" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F571" t="s">
         <v>382</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="H571" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="D572" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E572" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F572" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="H572" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="D573" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E573" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F573" t="s">
-        <v>2156</v>
+        <v>49</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>2157</v>
       </c>
       <c r="H573" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>2159</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
         <v>2160</v>
       </c>
       <c r="D574" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E574" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F574" t="s">
-        <v>704</v>
+        <v>2161</v>
       </c>
       <c r="G574" s="1" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="H574" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="D575" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E575" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F575" t="s">
-        <v>100</v>
+        <v>704</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="H575" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="D576" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E576" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F576" t="s">
         <v>100</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="H576" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="D577" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E577" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F577" t="s">
-        <v>435</v>
+        <v>100</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="H577" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="D578" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E578" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F578" t="s">
         <v>435</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="H578" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="D579" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E579" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F579" t="s">
-        <v>44</v>
+        <v>435</v>
       </c>
       <c r="G579" s="1" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="H579" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="D580" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E580" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F580" t="s">
-        <v>288</v>
+        <v>44</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="H580" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="D581" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E581" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F581" t="s">
         <v>288</v>
       </c>
       <c r="G581" s="1" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="H581" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="D582" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E582" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F582" t="s">
         <v>288</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="H582" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="D583" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E583" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F583" t="s">
-        <v>401</v>
+        <v>288</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="H583" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="D584" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E584" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F584" t="s">
-        <v>2201</v>
+        <v>401</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>2202</v>
       </c>
       <c r="H584" t="s">
         <v>2203</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>2204</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
         <v>2205</v>
       </c>
       <c r="D585" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E585" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F585" t="s">
-        <v>62</v>
+        <v>2206</v>
       </c>
       <c r="G585" s="1" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="H585" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="D586" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E586" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F586" t="s">
         <v>62</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="H586" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="D587" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E587" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F587" t="s">
         <v>62</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="H587" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="D588" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E588" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F588" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="H588" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="D589" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E589" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F589" t="s">
-        <v>401</v>
+        <v>44</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="H589" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="D590" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E590" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F590" t="s">
-        <v>172</v>
+        <v>401</v>
       </c>
       <c r="G590" s="1" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="H590" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="D591" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E591" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F591" t="s">
-        <v>49</v>
+        <v>172</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="H591" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="D592" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E592" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F592" t="s">
-        <v>288</v>
+        <v>49</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="H592" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="D593" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E593" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F593" t="s">
         <v>288</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="H593" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="D594" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E594" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F594" t="s">
         <v>288</v>
       </c>
       <c r="G594" s="1" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="H594" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="D595" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E595" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F595" t="s">
-        <v>382</v>
+        <v>288</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="H595" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="D596" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E596" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F596" t="s">
-        <v>100</v>
+        <v>382</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="H596" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="D597" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E597" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F597" t="s">
-        <v>704</v>
+        <v>100</v>
       </c>
       <c r="G597" s="1" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="H597" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="D598" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E598" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F598" t="s">
-        <v>2258</v>
+        <v>704</v>
       </c>
       <c r="G598" s="1" t="s">
         <v>2259</v>
       </c>
       <c r="H598" t="s">
         <v>2260</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>2261</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
         <v>2262</v>
       </c>
       <c r="D599" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E599" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F599" t="s">
         <v>2263</v>
       </c>
       <c r="G599" s="1" t="s">
         <v>2264</v>
       </c>
       <c r="H599" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>2266</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
         <v>2267</v>
       </c>
       <c r="D600" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E600" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F600" t="s">
-        <v>401</v>
+        <v>2268</v>
       </c>
       <c r="G600" s="1" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="H600" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="B601" t="s">
         <v>9</v>
       </c>
       <c r="C601" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="D601" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E601" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F601" t="s">
-        <v>704</v>
+        <v>401</v>
       </c>
       <c r="G601" s="1" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="H601" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="B602" t="s">
         <v>9</v>
       </c>
       <c r="C602" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="D602" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E602" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F602" t="s">
-        <v>382</v>
+        <v>704</v>
       </c>
       <c r="G602" s="1" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="H602" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="B603" t="s">
         <v>9</v>
       </c>
       <c r="C603" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="D603" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E603" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F603" t="s">
-        <v>461</v>
+        <v>382</v>
       </c>
       <c r="G603" s="1" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="H603" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="B604" t="s">
         <v>9</v>
       </c>
       <c r="C604" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="D604" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E604" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F604" t="s">
         <v>461</v>
       </c>
       <c r="G604" s="1" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="H604" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="B605" t="s">
         <v>9</v>
       </c>
       <c r="C605" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="D605" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E605" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F605" t="s">
-        <v>2288</v>
+        <v>461</v>
       </c>
       <c r="G605" s="1" t="s">
         <v>2289</v>
       </c>
       <c r="H605" t="s">
         <v>2290</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
         <v>2291</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
         <v>2292</v>
       </c>
       <c r="D606" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E606" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F606" t="s">
-        <v>62</v>
+        <v>2293</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="H606" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="D607" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E607" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F607" t="s">
         <v>62</v>
       </c>
       <c r="G607" s="1" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="H607" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="D608" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E608" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F608" t="s">
-        <v>288</v>
+        <v>62</v>
       </c>
       <c r="G608" s="1" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="H608" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="B609" t="s">
         <v>9</v>
       </c>
       <c r="C609" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="D609" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E609" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F609" t="s">
-        <v>2305</v>
+        <v>288</v>
       </c>
       <c r="G609" s="1" t="s">
         <v>2306</v>
       </c>
       <c r="H609" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
         <v>2308</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
         <v>2309</v>
       </c>
       <c r="D610" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E610" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F610" t="s">
-        <v>100</v>
+        <v>2310</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="H610" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="D611" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E611" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F611" t="s">
         <v>100</v>
       </c>
       <c r="G611" s="1" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="H611" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="D612" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E612" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F612" t="s">
-        <v>288</v>
+        <v>100</v>
       </c>
       <c r="G612" s="1" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="H612" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="B613" t="s">
         <v>9</v>
       </c>
       <c r="C613" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="D613" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E613" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F613" t="s">
         <v>288</v>
       </c>
       <c r="G613" s="1" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="H613" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="B614" t="s">
         <v>9</v>
       </c>
       <c r="C614" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="D614" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E614" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F614" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="G614" s="1" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="H614" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="B615" t="s">
         <v>9</v>
       </c>
       <c r="C615" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="D615" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E615" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F615" t="s">
         <v>100</v>
       </c>
       <c r="G615" s="1" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="H615" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="D616" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E616" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F616" t="s">
-        <v>2334</v>
+        <v>100</v>
       </c>
       <c r="G616" s="1" t="s">
         <v>2335</v>
       </c>
       <c r="H616" t="s">
         <v>2336</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
         <v>2337</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
         <v>2338</v>
       </c>
       <c r="D617" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E617" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F617" t="s">
-        <v>100</v>
+        <v>2339</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="H617" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="B618" t="s">
         <v>9</v>
       </c>
       <c r="C618" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="D618" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E618" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F618" t="s">
-        <v>382</v>
+        <v>100</v>
       </c>
       <c r="G618" s="1" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="H618" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="D619" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E619" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F619" t="s">
         <v>382</v>
       </c>
       <c r="G619" s="1" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="H619" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="D620" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E620" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F620" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="G620" s="1" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="H620" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="B621" t="s">
         <v>9</v>
       </c>
       <c r="C621" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="D621" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E621" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F621" t="s">
-        <v>49</v>
+        <v>401</v>
       </c>
       <c r="G621" s="1" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="H621" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="D622" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E622" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F622" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G622" s="1" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="H622" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>2362</v>
+        <v>2363</v>
       </c>
       <c r="D623" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E623" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F623" t="s">
-        <v>663</v>
+        <v>62</v>
       </c>
       <c r="G623" s="1" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="H623" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="D624" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E624" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F624" t="s">
-        <v>1043</v>
+        <v>663</v>
       </c>
       <c r="G624" s="1" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="H624" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="D625" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E625" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F625" t="s">
-        <v>2371</v>
+        <v>1048</v>
       </c>
       <c r="G625" s="1" t="s">
         <v>2372</v>
       </c>
       <c r="H625" t="s">
         <v>2373</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
         <v>2374</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
         <v>2375</v>
       </c>
       <c r="D626" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E626" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F626" t="s">
-        <v>435</v>
+        <v>2376</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
       <c r="H626" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="D627" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E627" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F627" t="s">
         <v>435</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="H627" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="D628" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E628" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F628" t="s">
         <v>435</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="H628" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="D629" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E629" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F629" t="s">
-        <v>704</v>
+        <v>435</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="H629" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="D630" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E630" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F630" t="s">
-        <v>100</v>
+        <v>704</v>
       </c>
       <c r="G630" s="1" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="H630" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="B631" t="s">
         <v>9</v>
       </c>
       <c r="C631" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="D631" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E631" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F631" t="s">
-        <v>401</v>
+        <v>100</v>
       </c>
       <c r="G631" s="1" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="H631" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="D632" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E632" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F632" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
       <c r="G632" s="1" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="H632" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="D633" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E633" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F633" t="s">
         <v>382</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="H633" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="D634" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E634" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F634" t="s">
-        <v>2408</v>
+        <v>382</v>
       </c>
       <c r="G634" s="1" t="s">
         <v>2409</v>
       </c>
       <c r="H634" t="s">
         <v>2410</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
         <v>2411</v>
       </c>
       <c r="B635" t="s">
         <v>9</v>
       </c>
       <c r="C635" t="s">
         <v>2412</v>
       </c>
       <c r="D635" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E635" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F635" t="s">
-        <v>2408</v>
+        <v>2413</v>
       </c>
       <c r="G635" s="1" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
       <c r="H635" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>2415</v>
+        <v>2416</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>2416</v>
+        <v>2417</v>
       </c>
       <c r="D636" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E636" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F636" t="s">
-        <v>2408</v>
+        <v>2413</v>
       </c>
       <c r="G636" s="1" t="s">
-        <v>2417</v>
+        <v>2418</v>
       </c>
       <c r="H636" t="s">
-        <v>2418</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="D637" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E637" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F637" t="s">
-        <v>461</v>
+        <v>2413</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="H637" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="B638" t="s">
         <v>9</v>
       </c>
       <c r="C638" t="s">
-        <v>2424</v>
+        <v>2425</v>
       </c>
       <c r="D638" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E638" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F638" t="s">
-        <v>1043</v>
+        <v>461</v>
       </c>
       <c r="G638" s="1" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="H638" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>2428</v>
+        <v>2429</v>
       </c>
       <c r="D639" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E639" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F639" t="s">
-        <v>776</v>
+        <v>1048</v>
       </c>
       <c r="G639" s="1" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="H639" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="D640" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E640" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F640" t="s">
-        <v>435</v>
+        <v>776</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
       <c r="H640" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>2435</v>
+        <v>2436</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>2436</v>
+        <v>2437</v>
       </c>
       <c r="D641" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E641" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F641" t="s">
-        <v>704</v>
+        <v>435</v>
       </c>
       <c r="G641" s="1" t="s">
-        <v>2437</v>
+        <v>2438</v>
       </c>
       <c r="H641" t="s">
-        <v>2438</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2439</v>
+        <v>2440</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2440</v>
+        <v>2441</v>
       </c>
       <c r="D642" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E642" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F642" t="s">
-        <v>382</v>
+        <v>704</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2441</v>
+        <v>2442</v>
       </c>
       <c r="H642" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2444</v>
+        <v>2445</v>
       </c>
       <c r="D643" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E643" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F643" t="s">
         <v>382</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2445</v>
+        <v>2446</v>
       </c>
       <c r="H643" t="s">
-        <v>2446</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2447</v>
+        <v>2448</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2448</v>
+        <v>2449</v>
       </c>
       <c r="D644" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E644" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F644" t="s">
-        <v>678</v>
+        <v>382</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2449</v>
+        <v>2450</v>
       </c>
       <c r="H644" t="s">
-        <v>2450</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2451</v>
+        <v>2452</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2452</v>
+        <v>2453</v>
       </c>
       <c r="D645" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E645" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F645" t="s">
-        <v>776</v>
+        <v>678</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2453</v>
+        <v>2454</v>
       </c>
       <c r="H645" t="s">
-        <v>2454</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2455</v>
+        <v>2456</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2456</v>
+        <v>2457</v>
       </c>
       <c r="D646" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E646" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F646" t="s">
-        <v>435</v>
+        <v>776</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2457</v>
+        <v>2458</v>
       </c>
       <c r="H646" t="s">
-        <v>2458</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>2459</v>
+        <v>2460</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>2460</v>
+        <v>2461</v>
       </c>
       <c r="D647" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E647" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F647" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G647" s="1" t="s">
-        <v>2461</v>
+        <v>2462</v>
       </c>
       <c r="H647" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="D648" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E648" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F648" t="s">
-        <v>713</v>
+        <v>62</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="H648" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="D649" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E649" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F649" t="s">
-        <v>172</v>
+        <v>713</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
       <c r="H649" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2471</v>
+        <v>2472</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2472</v>
+        <v>2473</v>
       </c>
       <c r="D650" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E650" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F650" t="s">
-        <v>461</v>
+        <v>172</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2473</v>
+        <v>2474</v>
       </c>
       <c r="H650" t="s">
-        <v>2474</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2475</v>
+        <v>2476</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="D651" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E651" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F651" t="s">
-        <v>288</v>
+        <v>461</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="H651" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
       <c r="D652" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E652" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F652" t="s">
         <v>288</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="H652" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="D653" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E653" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F653" t="s">
-        <v>172</v>
+        <v>288</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="H653" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="D654" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E654" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F654" t="s">
-        <v>2489</v>
+        <v>172</v>
       </c>
       <c r="G654" s="1" t="s">
         <v>2490</v>
       </c>
       <c r="H654" t="s">
         <v>2491</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>2492</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
         <v>2493</v>
       </c>
       <c r="D655" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E655" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F655" t="s">
-        <v>2408</v>
+        <v>2494</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="H655" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
       <c r="D656" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E656" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F656" t="s">
-        <v>2408</v>
+        <v>2413</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="H656" t="s">
-        <v>2499</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2500</v>
+        <v>2501</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>2501</v>
+        <v>2502</v>
       </c>
       <c r="D657" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E657" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F657" t="s">
-        <v>547</v>
+        <v>2413</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2502</v>
+        <v>2503</v>
       </c>
       <c r="H657" t="s">
-        <v>2503</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="D658" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E658" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F658" t="s">
-        <v>2408</v>
+        <v>547</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="H658" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="D659" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E659" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F659" t="s">
-        <v>172</v>
+        <v>2413</v>
       </c>
       <c r="G659" s="1" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="H659" t="s">
-        <v>2511</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2512</v>
+        <v>2513</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>2513</v>
+        <v>2514</v>
       </c>
       <c r="D660" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E660" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F660" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2514</v>
+        <v>2515</v>
       </c>
       <c r="H660" t="s">
-        <v>2515</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2516</v>
+        <v>2517</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>2517</v>
+        <v>2518</v>
       </c>
       <c r="D661" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E661" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F661" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2518</v>
+        <v>2519</v>
       </c>
       <c r="H661" t="s">
-        <v>2519</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2520</v>
+        <v>2521</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>2521</v>
+        <v>2522</v>
       </c>
       <c r="D662" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E662" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F662" t="s">
-        <v>382</v>
+        <v>49</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2522</v>
+        <v>2523</v>
       </c>
       <c r="H662" t="s">
-        <v>2523</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="D663" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E663" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F663" t="s">
-        <v>2526</v>
+        <v>382</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>2527</v>
       </c>
       <c r="H663" t="s">
         <v>2528</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>2529</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
         <v>2530</v>
       </c>
       <c r="D664" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E664" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F664" t="s">
-        <v>435</v>
+        <v>2531</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2531</v>
+        <v>2532</v>
       </c>
       <c r="H664" t="s">
-        <v>2532</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2533</v>
+        <v>2534</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>2534</v>
+        <v>2535</v>
       </c>
       <c r="D665" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E665" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F665" t="s">
         <v>435</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2535</v>
+        <v>2536</v>
       </c>
       <c r="H665" t="s">
-        <v>2536</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>2537</v>
+        <v>2538</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>2538</v>
+        <v>2539</v>
       </c>
       <c r="D666" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E666" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F666" t="s">
-        <v>718</v>
+        <v>435</v>
       </c>
       <c r="G666" s="1" t="s">
-        <v>2539</v>
+        <v>2540</v>
       </c>
       <c r="H666" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="D667" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E667" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F667" t="s">
         <v>718</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="H667" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="D668" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E668" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F668" t="s">
         <v>718</v>
       </c>
       <c r="G668" s="1" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="H668" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="D669" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E669" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F669" t="s">
-        <v>62</v>
+        <v>718</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="H669" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="D670" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E670" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F670" t="s">
-        <v>461</v>
+        <v>62</v>
       </c>
       <c r="G670" s="1" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="H670" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="D671" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E671" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F671" t="s">
-        <v>288</v>
+        <v>461</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="H671" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="D672" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E672" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F672" t="s">
-        <v>1043</v>
+        <v>288</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="H672" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="D673" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E673" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F673" t="s">
-        <v>382</v>
+        <v>1048</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="H673" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="D674" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E674" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F674" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="G674" s="1" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="H674" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="D675" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E675" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F675" t="s">
-        <v>704</v>
+        <v>401</v>
       </c>
       <c r="G675" s="1" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="H675" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="D676" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E676" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F676" t="s">
-        <v>49</v>
+        <v>704</v>
       </c>
       <c r="G676" s="1" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="H676" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="D677" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E677" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F677" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G677" s="1" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="H677" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="D678" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E678" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F678" t="s">
         <v>62</v>
       </c>
       <c r="G678" s="1" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
       <c r="H678" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="D679" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E679" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F679" t="s">
-        <v>435</v>
+        <v>62</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
       <c r="H679" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="D680" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E680" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F680" t="s">
         <v>435</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="H680" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="D681" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E681" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F681" t="s">
-        <v>100</v>
+        <v>435</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
       <c r="H681" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="D682" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E682" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F682" t="s">
         <v>100</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
       <c r="H682" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="D683" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E683" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F683" t="s">
         <v>100</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="H683" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="D684" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E684" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F684" t="s">
-        <v>704</v>
+        <v>100</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="H684" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="D685" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E685" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F685" t="s">
         <v>704</v>
       </c>
       <c r="G685" s="1" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="H685" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="D686" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E686" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F686" t="s">
-        <v>382</v>
+        <v>704</v>
       </c>
       <c r="G686" s="1" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="H686" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="D687" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E687" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F687" t="s">
         <v>382</v>
       </c>
       <c r="G687" s="1" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="H687" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="D688" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E688" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F688" t="s">
         <v>382</v>
       </c>
       <c r="G688" s="1" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="H688" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="D689" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E689" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F689" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="G689" s="1" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="H689" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="D690" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E690" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F690" t="s">
         <v>49</v>
       </c>
       <c r="G690" s="1" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="H690" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="D691" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E691" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F691" t="s">
-        <v>461</v>
+        <v>49</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="H691" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="D692" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E692" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F692" t="s">
-        <v>288</v>
+        <v>461</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="H692" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="D693" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E693" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F693" t="s">
         <v>288</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="H693" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="D694" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E694" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F694" t="s">
-        <v>401</v>
+        <v>288</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="H694" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="D695" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E695" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F695" t="s">
-        <v>2655</v>
+        <v>401</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>2656</v>
       </c>
       <c r="H695" t="s">
         <v>2657</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>2658</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
         <v>2659</v>
       </c>
       <c r="D696" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E696" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F696" t="s">
-        <v>100</v>
+        <v>2660</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="H696" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2662</v>
+        <v>2663</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>2663</v>
+        <v>2664</v>
       </c>
       <c r="D697" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E697" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F697" t="s">
-        <v>172</v>
+        <v>100</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
       <c r="H697" t="s">
-        <v>2665</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2666</v>
+        <v>2667</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>2667</v>
+        <v>2668</v>
       </c>
       <c r="D698" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E698" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F698" t="s">
         <v>172</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2668</v>
+        <v>2669</v>
       </c>
       <c r="H698" t="s">
-        <v>2669</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2670</v>
+        <v>2671</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>2671</v>
+        <v>2672</v>
       </c>
       <c r="D699" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E699" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F699" t="s">
-        <v>382</v>
+        <v>172</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2672</v>
+        <v>2673</v>
       </c>
       <c r="H699" t="s">
-        <v>2673</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2674</v>
+        <v>2675</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>2675</v>
+        <v>2676</v>
       </c>
       <c r="D700" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E700" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F700" t="s">
-        <v>100</v>
+        <v>382</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2676</v>
+        <v>2677</v>
       </c>
       <c r="H700" t="s">
-        <v>2677</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2678</v>
+        <v>2679</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>2679</v>
+        <v>2680</v>
       </c>
       <c r="D701" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E701" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F701" t="s">
-        <v>2680</v>
+        <v>100</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>2681</v>
       </c>
       <c r="H701" t="s">
         <v>2682</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>2683</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
         <v>2684</v>
       </c>
       <c r="D702" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E702" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F702" t="s">
-        <v>435</v>
+        <v>2685</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2685</v>
+        <v>2686</v>
       </c>
       <c r="H702" t="s">
-        <v>2686</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2687</v>
+        <v>2688</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>2688</v>
+        <v>2689</v>
       </c>
       <c r="D703" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E703" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F703" t="s">
         <v>435</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2689</v>
+        <v>2690</v>
       </c>
       <c r="H703" t="s">
-        <v>2690</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2691</v>
+        <v>2692</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>2692</v>
+        <v>2693</v>
       </c>
       <c r="D704" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E704" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F704" t="s">
         <v>435</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2693</v>
+        <v>2694</v>
       </c>
       <c r="H704" t="s">
-        <v>2694</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2695</v>
+        <v>2696</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>2696</v>
+        <v>2697</v>
       </c>
       <c r="D705" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E705" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F705" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2697</v>
+        <v>2698</v>
       </c>
       <c r="H705" t="s">
-        <v>2698</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2699</v>
+        <v>2700</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>2700</v>
+        <v>2701</v>
       </c>
       <c r="D706" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E706" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F706" t="s">
         <v>62</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2701</v>
+        <v>2702</v>
       </c>
       <c r="H706" t="s">
-        <v>2702</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2703</v>
+        <v>2704</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>2704</v>
+        <v>2705</v>
       </c>
       <c r="D707" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E707" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F707" t="s">
-        <v>461</v>
+        <v>62</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="H707" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>2708</v>
+        <v>2709</v>
       </c>
       <c r="D708" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E708" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F708" t="s">
-        <v>704</v>
+        <v>461</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
       <c r="H708" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="D709" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E709" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F709" t="s">
-        <v>435</v>
+        <v>704</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="H709" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
       <c r="D710" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E710" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F710" t="s">
         <v>435</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2717</v>
+        <v>2718</v>
       </c>
       <c r="H710" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="D711" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E711" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F711" t="s">
         <v>435</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="H711" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="D712" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E712" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F712" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="H712" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="D713" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E713" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F713" t="s">
-        <v>288</v>
+        <v>62</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="H713" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="D714" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E714" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F714" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="H714" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="D715" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E715" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F715" t="s">
-        <v>382</v>
+        <v>100</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="H715" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="D716" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E716" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F716" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
       <c r="H716" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
       <c r="D717" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E717" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F717" t="s">
-        <v>62</v>
+        <v>401</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="H717" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="D718" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E718" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F718" t="s">
-        <v>547</v>
+        <v>62</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2749</v>
+        <v>2750</v>
       </c>
       <c r="H718" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="D719" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E719" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F719" t="s">
-        <v>172</v>
+        <v>547</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
       <c r="H719" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2755</v>
+        <v>2756</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>2756</v>
+        <v>2757</v>
       </c>
       <c r="D720" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E720" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F720" t="s">
-        <v>62</v>
+        <v>172</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2757</v>
+        <v>2758</v>
       </c>
       <c r="H720" t="s">
-        <v>2758</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2759</v>
+        <v>2760</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>2760</v>
+        <v>2761</v>
       </c>
       <c r="D721" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E721" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F721" t="s">
-        <v>461</v>
+        <v>62</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2761</v>
+        <v>2762</v>
       </c>
       <c r="H721" t="s">
-        <v>2762</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2763</v>
+        <v>2764</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
       <c r="D722" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E722" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F722" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="H722" t="s">
-        <v>2766</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2767</v>
+        <v>2768</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>2768</v>
+        <v>2769</v>
       </c>
       <c r="D723" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E723" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F723" t="s">
         <v>435</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2769</v>
+        <v>2770</v>
       </c>
       <c r="H723" t="s">
-        <v>2770</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2771</v>
+        <v>2772</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>2772</v>
+        <v>2773</v>
       </c>
       <c r="D724" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E724" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F724" t="s">
         <v>435</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2773</v>
+        <v>2774</v>
       </c>
       <c r="H724" t="s">
-        <v>2774</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2775</v>
+        <v>2776</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>2776</v>
+        <v>2777</v>
       </c>
       <c r="D725" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E725" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F725" t="s">
-        <v>100</v>
+        <v>435</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2777</v>
+        <v>2778</v>
       </c>
       <c r="H725" t="s">
-        <v>2778</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2779</v>
+        <v>2780</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>2780</v>
+        <v>2781</v>
       </c>
       <c r="D726" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E726" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F726" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2781</v>
+        <v>2782</v>
       </c>
       <c r="H726" t="s">
-        <v>2782</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2783</v>
+        <v>2784</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>2784</v>
+        <v>2785</v>
       </c>
       <c r="D727" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E727" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F727" t="s">
-        <v>288</v>
+        <v>62</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2785</v>
+        <v>2786</v>
       </c>
       <c r="H727" t="s">
-        <v>2786</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2787</v>
+        <v>2788</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>2788</v>
+        <v>2789</v>
       </c>
       <c r="D728" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E728" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F728" t="s">
         <v>288</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2789</v>
+        <v>2790</v>
       </c>
       <c r="H728" t="s">
-        <v>2790</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2791</v>
+        <v>2792</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>2792</v>
+        <v>2793</v>
       </c>
       <c r="D729" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E729" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F729" t="s">
         <v>288</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2793</v>
+        <v>2794</v>
       </c>
       <c r="H729" t="s">
-        <v>2794</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2795</v>
+        <v>2796</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>2796</v>
+        <v>2797</v>
       </c>
       <c r="D730" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E730" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F730" t="s">
-        <v>62</v>
+        <v>288</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2797</v>
+        <v>2798</v>
       </c>
       <c r="H730" t="s">
-        <v>2798</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2799</v>
+        <v>2800</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>2800</v>
+        <v>2801</v>
       </c>
       <c r="D731" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E731" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F731" t="s">
-        <v>457</v>
+        <v>62</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2801</v>
+        <v>2802</v>
       </c>
       <c r="H731" t="s">
-        <v>2802</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2803</v>
+        <v>2804</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>2804</v>
+        <v>2805</v>
       </c>
       <c r="D732" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E732" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F732" t="s">
-        <v>704</v>
+        <v>457</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2805</v>
+        <v>2806</v>
       </c>
       <c r="H732" t="s">
-        <v>2806</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2807</v>
+        <v>2808</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>2808</v>
+        <v>2809</v>
       </c>
       <c r="D733" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E733" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F733" t="s">
         <v>704</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2809</v>
+        <v>2810</v>
       </c>
       <c r="H733" t="s">
-        <v>2810</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2811</v>
+        <v>2812</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>2812</v>
+        <v>2813</v>
       </c>
       <c r="D734" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E734" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F734" t="s">
-        <v>382</v>
+        <v>704</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2813</v>
+        <v>2814</v>
       </c>
       <c r="H734" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
       <c r="D735" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E735" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F735" t="s">
         <v>382</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
       <c r="H735" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>2820</v>
+        <v>2821</v>
       </c>
       <c r="D736" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E736" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F736" t="s">
         <v>382</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2821</v>
+        <v>2822</v>
       </c>
       <c r="H736" t="s">
-        <v>2822</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
       <c r="D737" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E737" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F737" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
       <c r="H737" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="D738" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E738" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F738" t="s">
-        <v>704</v>
+        <v>49</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="H738" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="D739" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E739" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F739" t="s">
-        <v>62</v>
+        <v>704</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
       <c r="H739" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="D740" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E740" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F740" t="s">
         <v>62</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
       <c r="H740" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
       <c r="D741" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E741" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F741" t="s">
-        <v>1152</v>
+        <v>62</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="H741" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="D742" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E742" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F742" t="s">
-        <v>49</v>
+        <v>1157</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="H742" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="D743" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E743" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F743" t="s">
         <v>49</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
       <c r="H743" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="D744" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E744" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F744" t="s">
-        <v>382</v>
+        <v>49</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
       <c r="H744" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="D745" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E745" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F745" t="s">
         <v>382</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
       <c r="H745" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="D746" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E746" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F746" t="s">
-        <v>49</v>
+        <v>382</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
       <c r="H746" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
       <c r="D747" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E747" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F747" t="s">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
       <c r="H747" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="D748" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E748" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F748" t="s">
-        <v>62</v>
+        <v>100</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="H748" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="D749" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E749" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F749" t="s">
-        <v>382</v>
+        <v>62</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="H749" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="D750" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E750" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F750" t="s">
         <v>382</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2877</v>
+        <v>2878</v>
       </c>
       <c r="H750" t="s">
-        <v>2878</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2879</v>
+        <v>2880</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>2880</v>
+        <v>2881</v>
       </c>
       <c r="D751" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E751" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F751" t="s">
-        <v>704</v>
+        <v>382</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2881</v>
+        <v>2882</v>
       </c>
       <c r="H751" t="s">
-        <v>2882</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2883</v>
+        <v>2884</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>2884</v>
+        <v>2885</v>
       </c>
       <c r="D752" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E752" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F752" t="s">
-        <v>49</v>
+        <v>704</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2885</v>
+        <v>2886</v>
       </c>
       <c r="H752" t="s">
-        <v>2886</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2887</v>
+        <v>2888</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>2888</v>
+        <v>2889</v>
       </c>
       <c r="D753" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E753" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F753" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2889</v>
+        <v>2890</v>
       </c>
       <c r="H753" t="s">
-        <v>2890</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2891</v>
+        <v>2892</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>2892</v>
+        <v>2893</v>
       </c>
       <c r="D754" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E754" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F754" t="s">
         <v>62</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2893</v>
+        <v>2894</v>
       </c>
       <c r="H754" t="s">
-        <v>2894</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2895</v>
+        <v>2896</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>2896</v>
+        <v>2897</v>
       </c>
       <c r="D755" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E755" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F755" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2897</v>
+        <v>2898</v>
       </c>
       <c r="H755" t="s">
-        <v>2898</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2899</v>
+        <v>2900</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>2900</v>
+        <v>2901</v>
       </c>
       <c r="D756" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E756" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F756" t="s">
-        <v>288</v>
+        <v>49</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2901</v>
+        <v>2902</v>
       </c>
       <c r="H756" t="s">
-        <v>2902</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2903</v>
+        <v>2904</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>2904</v>
+        <v>2905</v>
       </c>
       <c r="D757" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E757" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F757" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2905</v>
+        <v>2906</v>
       </c>
       <c r="H757" t="s">
-        <v>2906</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2907</v>
+        <v>2908</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>2908</v>
+        <v>2909</v>
       </c>
       <c r="D758" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E758" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F758" t="s">
         <v>100</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2909</v>
+        <v>2910</v>
       </c>
       <c r="H758" t="s">
-        <v>2910</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2911</v>
+        <v>2912</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>2912</v>
+        <v>2913</v>
       </c>
       <c r="D759" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E759" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F759" t="s">
-        <v>2913</v>
+        <v>100</v>
       </c>
       <c r="G759" s="1" t="s">
         <v>2914</v>
       </c>
       <c r="H759" t="s">
         <v>2915</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>2916</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
         <v>2917</v>
       </c>
       <c r="D760" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E760" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F760" t="s">
-        <v>2913</v>
+        <v>2918</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2918</v>
+        <v>2919</v>
       </c>
       <c r="H760" t="s">
-        <v>2919</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2920</v>
+        <v>2921</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>2921</v>
+        <v>2922</v>
       </c>
       <c r="D761" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E761" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F761" t="s">
-        <v>2913</v>
+        <v>2918</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2922</v>
+        <v>2923</v>
       </c>
       <c r="H761" t="s">
-        <v>2923</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2924</v>
+        <v>2925</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>2925</v>
+        <v>2926</v>
       </c>
       <c r="D762" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E762" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F762" t="s">
-        <v>172</v>
+        <v>2918</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2926</v>
+        <v>2927</v>
       </c>
       <c r="H762" t="s">
-        <v>2927</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2928</v>
+        <v>2929</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>2929</v>
+        <v>2930</v>
       </c>
       <c r="D763" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E763" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F763" t="s">
-        <v>100</v>
+        <v>172</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>2930</v>
+        <v>2931</v>
       </c>
       <c r="H763" t="s">
-        <v>2931</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2932</v>
+        <v>2933</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>2933</v>
+        <v>2934</v>
       </c>
       <c r="D764" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E764" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F764" t="s">
-        <v>2288</v>
+        <v>100</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2934</v>
+        <v>2935</v>
       </c>
       <c r="H764" t="s">
-        <v>2935</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2936</v>
+        <v>2937</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>2937</v>
+        <v>2938</v>
       </c>
       <c r="D765" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E765" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F765" t="s">
-        <v>551</v>
+        <v>2293</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2938</v>
+        <v>2939</v>
       </c>
       <c r="H765" t="s">
-        <v>2939</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2940</v>
+        <v>2941</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>2941</v>
+        <v>2942</v>
       </c>
       <c r="D766" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E766" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F766" t="s">
-        <v>435</v>
+        <v>551</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2942</v>
+        <v>2943</v>
       </c>
       <c r="H766" t="s">
-        <v>2943</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2944</v>
+        <v>2945</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>2945</v>
+        <v>2946</v>
       </c>
       <c r="D767" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E767" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F767" t="s">
-        <v>382</v>
+        <v>435</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2946</v>
+        <v>2947</v>
       </c>
       <c r="H767" t="s">
-        <v>2947</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2948</v>
+        <v>2949</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>2949</v>
+        <v>2950</v>
       </c>
       <c r="D768" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E768" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F768" t="s">
-        <v>288</v>
+        <v>382</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2950</v>
+        <v>2951</v>
       </c>
       <c r="H768" t="s">
-        <v>2951</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2952</v>
+        <v>2953</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>2953</v>
+        <v>2954</v>
       </c>
       <c r="D769" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E769" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F769" t="s">
-        <v>100</v>
+        <v>288</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2954</v>
+        <v>2955</v>
       </c>
       <c r="H769" t="s">
-        <v>2955</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2956</v>
+        <v>2957</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>2957</v>
+        <v>2958</v>
       </c>
       <c r="D770" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E770" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F770" t="s">
         <v>100</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2958</v>
+        <v>2959</v>
       </c>
       <c r="H770" t="s">
-        <v>2959</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2960</v>
+        <v>2961</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>2961</v>
+        <v>2962</v>
       </c>
       <c r="D771" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E771" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F771" t="s">
         <v>100</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2962</v>
+        <v>2963</v>
       </c>
       <c r="H771" t="s">
-        <v>2963</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="D772" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E772" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F772" t="s">
-        <v>547</v>
+        <v>100</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="H772" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>2969</v>
+        <v>2970</v>
       </c>
       <c r="D773" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E773" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F773" t="s">
-        <v>401</v>
+        <v>547</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2970</v>
+        <v>2971</v>
       </c>
       <c r="H773" t="s">
-        <v>2971</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2972</v>
+        <v>2973</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>2973</v>
+        <v>2974</v>
       </c>
       <c r="D774" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="E774" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="F774" t="s">
-        <v>2288</v>
+        <v>401</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
       <c r="H774" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>10</v>
+        <v>2978</v>
       </c>
       <c r="D775" t="s">
-        <v>2977</v>
+        <v>890</v>
       </c>
       <c r="E775" t="s">
-        <v>2978</v>
+        <v>891</v>
       </c>
       <c r="F775" t="s">
-        <v>878</v>
+        <v>2293</v>
       </c>
       <c r="G775" s="1" t="s">
         <v>2979</v>
       </c>
       <c r="H775" t="s">
         <v>2980</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>2981</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D776" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E776" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F776" t="s">
         <v>878</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2982</v>
+        <v>2984</v>
       </c>
       <c r="H776" t="s">
-        <v>2983</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2984</v>
+        <v>2986</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>334</v>
+        <v>17</v>
       </c>
       <c r="D777" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E777" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F777" t="s">
-        <v>625</v>
+        <v>878</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2985</v>
+        <v>2987</v>
       </c>
       <c r="H777" t="s">
-        <v>2986</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2987</v>
+        <v>2989</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="D778" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E778" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F778" t="s">
         <v>625</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2988</v>
+        <v>2990</v>
       </c>
       <c r="H778" t="s">
-        <v>2989</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2990</v>
+        <v>2992</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>375</v>
+        <v>338</v>
       </c>
       <c r="D779" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E779" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F779" t="s">
-        <v>878</v>
+        <v>625</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2991</v>
+        <v>2993</v>
       </c>
       <c r="H779" t="s">
-        <v>2992</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2993</v>
+        <v>2995</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>30</v>
+        <v>375</v>
       </c>
       <c r="D780" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E780" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F780" t="s">
         <v>878</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2994</v>
+        <v>2996</v>
       </c>
       <c r="H780" t="s">
-        <v>2995</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2996</v>
+        <v>2998</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D781" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E781" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F781" t="s">
-        <v>31</v>
+        <v>878</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2997</v>
+        <v>2999</v>
       </c>
       <c r="H781" t="s">
-        <v>2998</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2999</v>
+        <v>3001</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D782" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E782" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F782" t="s">
-        <v>878</v>
+        <v>31</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>3000</v>
+        <v>3002</v>
       </c>
       <c r="H782" t="s">
-        <v>3001</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>3002</v>
+        <v>3004</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>389</v>
+        <v>39</v>
       </c>
       <c r="D783" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E783" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F783" t="s">
         <v>878</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>3003</v>
+        <v>3005</v>
       </c>
       <c r="H783" t="s">
-        <v>3004</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>3005</v>
+        <v>3007</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>43</v>
+        <v>389</v>
       </c>
       <c r="D784" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E784" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F784" t="s">
         <v>878</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="H784" t="s">
-        <v>3007</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>3008</v>
+        <v>3010</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D785" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E785" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F785" t="s">
         <v>878</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>3009</v>
+        <v>3011</v>
       </c>
       <c r="H785" t="s">
-        <v>3010</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>3011</v>
+        <v>3013</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="D786" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E786" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F786" t="s">
         <v>878</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>3012</v>
+        <v>3014</v>
       </c>
       <c r="H786" t="s">
-        <v>3013</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>3014</v>
+        <v>3016</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D787" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E787" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F787" t="s">
         <v>878</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>3015</v>
+        <v>3017</v>
       </c>
       <c r="H787" t="s">
-        <v>3016</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>3017</v>
+        <v>3019</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D788" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E788" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F788" t="s">
         <v>878</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>3018</v>
+        <v>3020</v>
       </c>
       <c r="H788" t="s">
-        <v>3019</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>3020</v>
+        <v>3022</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D789" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E789" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F789" t="s">
         <v>878</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>3021</v>
+        <v>3023</v>
       </c>
       <c r="H789" t="s">
-        <v>3022</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>3023</v>
+        <v>3025</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D790" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E790" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F790" t="s">
         <v>878</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>3024</v>
+        <v>3026</v>
       </c>
       <c r="H790" t="s">
-        <v>3025</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>3026</v>
+        <v>3028</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D791" t="s">
-        <v>2977</v>
+        <v>2982</v>
       </c>
       <c r="E791" t="s">
-        <v>2978</v>
+        <v>2983</v>
       </c>
       <c r="F791" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>3027</v>
+        <v>3029</v>
       </c>
       <c r="H791" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>3029</v>
+        <v>3031</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>1434</v>
+        <v>74</v>
       </c>
       <c r="D792" t="s">
-        <v>3030</v>
+        <v>2982</v>
       </c>
       <c r="E792" t="s">
-        <v>3031</v>
+        <v>2983</v>
       </c>
       <c r="F792" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G792" s="1" t="s">
         <v>3032</v>
       </c>
       <c r="H792" t="s">
         <v>3033</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
         <v>3034</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D793" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E793" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F793" t="s">
         <v>878</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>3035</v>
+        <v>3037</v>
       </c>
       <c r="H793" t="s">
-        <v>3036</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>3037</v>
+        <v>3039</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D794" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E794" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F794" t="s">
         <v>878</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>3038</v>
+        <v>3040</v>
       </c>
       <c r="H794" t="s">
-        <v>3039</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>3040</v>
+        <v>3042</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D795" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E795" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F795" t="s">
-        <v>625</v>
+        <v>878</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>3041</v>
+        <v>3043</v>
       </c>
       <c r="H795" t="s">
-        <v>3042</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>3043</v>
+        <v>3045</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D796" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E796" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F796" t="s">
         <v>625</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>3044</v>
+        <v>3046</v>
       </c>
       <c r="H796" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D797" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E797" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F797" t="s">
-        <v>878</v>
+        <v>625</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="H797" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D798" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E798" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F798" t="s">
         <v>878</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>3050</v>
+        <v>3052</v>
       </c>
       <c r="H798" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>3052</v>
+        <v>3054</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D799" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E799" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F799" t="s">
         <v>878</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>3053</v>
+        <v>3055</v>
       </c>
       <c r="H799" t="s">
-        <v>3054</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D800" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E800" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F800" t="s">
         <v>878</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="H800" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D801" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E801" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F801" t="s">
         <v>878</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>428</v>
+        <v>3061</v>
       </c>
       <c r="H801" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>3060</v>
+        <v>3063</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D802" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E802" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F802" t="s">
         <v>878</v>
       </c>
       <c r="G802" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H802" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>3062</v>
+        <v>3065</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="D803" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E803" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F803" t="s">
         <v>878</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>3063</v>
+        <v>428</v>
       </c>
       <c r="H803" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D804" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E804" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F804" t="s">
         <v>878</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>3066</v>
+        <v>3068</v>
       </c>
       <c r="H804" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="D805" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E805" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F805" t="s">
         <v>878</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="H805" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="D806" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E806" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F806" t="s">
         <v>878</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="H806" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="D807" t="s">
-        <v>3030</v>
+        <v>3035</v>
       </c>
       <c r="E807" t="s">
-        <v>3031</v>
+        <v>3036</v>
       </c>
       <c r="F807" t="s">
         <v>878</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="H807" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>10</v>
+        <v>1499</v>
       </c>
       <c r="D808" t="s">
-        <v>3078</v>
+        <v>3035</v>
       </c>
       <c r="E808" t="s">
-        <v>3079</v>
+        <v>3036</v>
       </c>
       <c r="F808" t="s">
         <v>878</v>
       </c>
       <c r="G808" s="1" t="s">
         <v>3080</v>
       </c>
       <c r="H808" t="s">
         <v>3081</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>3082</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="D809" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E809" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F809" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>428</v>
+        <v>3085</v>
       </c>
       <c r="H809" t="s">
-        <v>3083</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>57</v>
+      </c>
+      <c r="D810" t="s">
+        <v>3083</v>
+      </c>
+      <c r="E810" t="s">
         <v>3084</v>
-      </c>
-[...10 lines deleted...]
-        <v>3079</v>
       </c>
       <c r="F810" t="s">
         <v>13</v>
       </c>
       <c r="G810" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H810" t="s">
-        <v>3085</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>3086</v>
+        <v>3089</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D811" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E811" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F811" t="s">
         <v>13</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>3087</v>
+        <v>428</v>
       </c>
       <c r="H811" t="s">
-        <v>3088</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>3089</v>
+        <v>3091</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D812" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E812" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F812" t="s">
         <v>13</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>3090</v>
+        <v>3092</v>
       </c>
       <c r="H812" t="s">
-        <v>3091</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D813" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E813" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F813" t="s">
         <v>13</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
       <c r="H813" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D814" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E814" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F814" t="s">
         <v>13</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
       <c r="H814" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>3098</v>
+        <v>3100</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D815" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E815" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F815" t="s">
         <v>13</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>3099</v>
+        <v>3101</v>
       </c>
       <c r="H815" t="s">
-        <v>3100</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D816" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E816" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F816" t="s">
         <v>13</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="H816" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>431</v>
+        <v>86</v>
       </c>
       <c r="D817" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="E817" t="s">
-        <v>3079</v>
+        <v>3084</v>
       </c>
       <c r="F817" t="s">
         <v>13</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>3105</v>
+        <v>3107</v>
       </c>
       <c r="H817" t="s">
-        <v>3106</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>3107</v>
+        <v>3109</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>10</v>
+        <v>431</v>
       </c>
       <c r="D818" t="s">
-        <v>3108</v>
+        <v>3083</v>
       </c>
       <c r="E818" t="s">
-        <v>3109</v>
+        <v>3084</v>
       </c>
       <c r="F818" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G818" s="1" t="s">
         <v>3110</v>
       </c>
       <c r="H818" t="s">
         <v>3111</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>3112</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
         <v>10</v>
       </c>
       <c r="D819" t="s">
         <v>3113</v>
       </c>
       <c r="E819" t="s">
         <v>3114</v>
       </c>
       <c r="F819" t="s">
-        <v>44</v>
+        <v>878</v>
       </c>
       <c r="G819" s="1" t="s">
         <v>3115</v>
       </c>
       <c r="H819" t="s">
         <v>3116</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>3117</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D820" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E820" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F820" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3118</v>
+        <v>3120</v>
       </c>
       <c r="H820" t="s">
-        <v>3119</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3120</v>
+        <v>3122</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>334</v>
+        <v>17</v>
       </c>
       <c r="D821" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E821" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F821" t="s">
-        <v>704</v>
+        <v>100</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3121</v>
+        <v>3123</v>
       </c>
       <c r="H821" t="s">
-        <v>3122</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3123</v>
+        <v>3125</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="D822" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E822" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F822" t="s">
-        <v>288</v>
+        <v>704</v>
       </c>
       <c r="G822" s="1" t="s">
-        <v>3124</v>
+        <v>3126</v>
       </c>
       <c r="H822" t="s">
-        <v>3125</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>3126</v>
+        <v>3128</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>375</v>
+        <v>338</v>
       </c>
       <c r="D823" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E823" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F823" t="s">
-        <v>49</v>
+        <v>288</v>
       </c>
       <c r="G823" s="1" t="s">
-        <v>3127</v>
+        <v>3129</v>
       </c>
       <c r="H823" t="s">
-        <v>3128</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>3129</v>
+        <v>3131</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>30</v>
+        <v>375</v>
       </c>
       <c r="D824" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E824" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F824" t="s">
-        <v>382</v>
+        <v>49</v>
       </c>
       <c r="G824" s="1" t="s">
-        <v>3130</v>
+        <v>3132</v>
       </c>
       <c r="H824" t="s">
-        <v>3131</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>3132</v>
+        <v>3134</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D825" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E825" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F825" t="s">
-        <v>172</v>
+        <v>382</v>
       </c>
       <c r="G825" s="1" t="s">
-        <v>3133</v>
+        <v>3135</v>
       </c>
       <c r="H825" t="s">
-        <v>3134</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>3135</v>
+        <v>3137</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D826" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E826" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F826" t="s">
-        <v>62</v>
+        <v>172</v>
       </c>
       <c r="G826" s="1" t="s">
-        <v>3136</v>
+        <v>3138</v>
       </c>
       <c r="H826" t="s">
-        <v>3137</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>3138</v>
+        <v>3140</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>389</v>
+        <v>39</v>
       </c>
       <c r="D827" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E827" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F827" t="s">
-        <v>401</v>
+        <v>62</v>
       </c>
       <c r="G827" s="1" t="s">
-        <v>3139</v>
+        <v>3141</v>
       </c>
       <c r="H827" t="s">
-        <v>3140</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>3141</v>
+        <v>3143</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>43</v>
+        <v>389</v>
       </c>
       <c r="D828" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E828" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F828" t="s">
-        <v>461</v>
+        <v>401</v>
       </c>
       <c r="G828" s="1" t="s">
-        <v>3142</v>
+        <v>3144</v>
       </c>
       <c r="H828" t="s">
-        <v>3143</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>3144</v>
+        <v>3146</v>
       </c>
       <c r="B829" t="s">
         <v>9</v>
       </c>
       <c r="C829" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D829" t="s">
-        <v>3113</v>
+        <v>3118</v>
       </c>
       <c r="E829" t="s">
-        <v>3114</v>
+        <v>3119</v>
       </c>
       <c r="F829" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="G829" s="1" t="s">
-        <v>3145</v>
+        <v>3147</v>
       </c>
       <c r="H829" t="s">
-        <v>3146</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>3147</v>
+        <v>3149</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D830" t="s">
-        <v>3148</v>
+        <v>3118</v>
       </c>
       <c r="E830" t="s">
-        <v>3149</v>
+        <v>3119</v>
+      </c>
+      <c r="F830" t="s">
+        <v>435</v>
       </c>
       <c r="G830" s="1" t="s">
-        <v>428</v>
+        <v>3150</v>
       </c>
       <c r="H830" t="s">
-        <v>3150</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>3151</v>
+        <v>3152</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>682</v>
+        <v>10</v>
       </c>
       <c r="D831" t="s">
-        <v>3152</v>
+        <v>3153</v>
       </c>
       <c r="E831" t="s">
-        <v>3153</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>3154</v>
       </c>
       <c r="G831" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H831" t="s">
-        <v>3154</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>3155</v>
+        <v>3156</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>1241</v>
+        <v>682</v>
       </c>
       <c r="D832" t="s">
-        <v>3152</v>
+        <v>3157</v>
       </c>
       <c r="E832" t="s">
-        <v>3153</v>
+        <v>3158</v>
       </c>
       <c r="F832" t="s">
-        <v>91</v>
+        <v>44</v>
       </c>
       <c r="G832" s="1" t="s">
-        <v>3156</v>
+        <v>428</v>
       </c>
       <c r="H832" t="s">
-        <v>3157</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D833" t="s">
+        <v>3157</v>
+      </c>
+      <c r="E833" t="s">
         <v>3158</v>
-      </c>
-[...10 lines deleted...]
-        <v>3153</v>
       </c>
       <c r="F833" t="s">
         <v>91</v>
       </c>
       <c r="G833" s="1" t="s">
-        <v>3159</v>
+        <v>3161</v>
       </c>
       <c r="H833" t="s">
-        <v>3160</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>3161</v>
+        <v>3163</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>1303</v>
+        <v>1268</v>
       </c>
       <c r="D834" t="s">
-        <v>3152</v>
+        <v>3157</v>
       </c>
       <c r="E834" t="s">
-        <v>3153</v>
+        <v>3158</v>
       </c>
       <c r="F834" t="s">
         <v>91</v>
       </c>
       <c r="G834" s="1" t="s">
-        <v>3162</v>
+        <v>3164</v>
       </c>
       <c r="H834" t="s">
-        <v>3163</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>3164</v>
+        <v>3166</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D835" t="s">
-        <v>3152</v>
+        <v>3157</v>
       </c>
       <c r="E835" t="s">
-        <v>3153</v>
+        <v>3158</v>
       </c>
       <c r="F835" t="s">
         <v>91</v>
       </c>
       <c r="G835" s="1" t="s">
-        <v>3165</v>
+        <v>3167</v>
       </c>
       <c r="H835" t="s">
-        <v>3166</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>3167</v>
+        <v>3169</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>10</v>
+        <v>1312</v>
       </c>
       <c r="D836" t="s">
-        <v>3168</v>
+        <v>3157</v>
       </c>
       <c r="E836" t="s">
-        <v>3169</v>
+        <v>3158</v>
       </c>
       <c r="F836" t="s">
-        <v>878</v>
+        <v>91</v>
       </c>
       <c r="G836" s="1" t="s">
         <v>3170</v>
       </c>
       <c r="H836" t="s">
         <v>3171</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
         <v>3172</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>43</v>
+        <v>10</v>
       </c>
       <c r="D837" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E837" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F837" t="s">
-        <v>625</v>
+        <v>878</v>
       </c>
       <c r="G837" s="1" t="s">
-        <v>3173</v>
+        <v>3175</v>
       </c>
       <c r="H837" t="s">
-        <v>3174</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>3175</v>
+        <v>3177</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D838" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E838" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F838" t="s">
-        <v>13</v>
+        <v>625</v>
       </c>
       <c r="G838" s="1" t="s">
-        <v>3176</v>
+        <v>3178</v>
       </c>
       <c r="H838" t="s">
-        <v>3177</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>3178</v>
+        <v>3180</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D839" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E839" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F839" t="s">
         <v>13</v>
       </c>
       <c r="G839" s="1" t="s">
-        <v>3179</v>
+        <v>3181</v>
       </c>
       <c r="H839" t="s">
-        <v>3177</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>3180</v>
+        <v>3183</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D840" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E840" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F840" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G840" s="1" t="s">
-        <v>3181</v>
+        <v>3184</v>
       </c>
       <c r="H840" t="s">
         <v>3182</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D841" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E841" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F841" t="s">
         <v>878</v>
       </c>
       <c r="G841" s="1" t="s">
-        <v>3184</v>
+        <v>3186</v>
       </c>
       <c r="H841" t="s">
-        <v>3185</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>3186</v>
+        <v>3188</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D842" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E842" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F842" t="s">
         <v>878</v>
       </c>
       <c r="G842" s="1" t="s">
-        <v>3187</v>
+        <v>3189</v>
       </c>
       <c r="H842" t="s">
-        <v>3188</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>3189</v>
+        <v>3191</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>95</v>
+        <v>70</v>
       </c>
       <c r="D843" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E843" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F843" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G843" s="1" t="s">
-        <v>3190</v>
+        <v>3192</v>
       </c>
       <c r="H843" t="s">
-        <v>3191</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>3192</v>
+        <v>3194</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="D844" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E844" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F844" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G844" s="1" t="s">
-        <v>3193</v>
+        <v>3195</v>
       </c>
       <c r="H844" t="s">
-        <v>3194</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>3195</v>
+        <v>3197</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D845" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E845" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F845" t="s">
         <v>878</v>
       </c>
       <c r="G845" s="1" t="s">
-        <v>3196</v>
+        <v>3198</v>
       </c>
       <c r="H845" t="s">
-        <v>3197</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>3198</v>
+        <v>3200</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="D846" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E846" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F846" t="s">
         <v>878</v>
       </c>
       <c r="G846" s="1" t="s">
-        <v>3199</v>
+        <v>3201</v>
       </c>
       <c r="H846" t="s">
-        <v>3200</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>3201</v>
+        <v>3203</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="D847" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E847" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F847" t="s">
         <v>878</v>
       </c>
       <c r="G847" s="1" t="s">
-        <v>3202</v>
+        <v>3204</v>
       </c>
       <c r="H847" t="s">
-        <v>3203</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>3204</v>
+        <v>3206</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D848" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E848" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F848" t="s">
-        <v>3205</v>
+        <v>878</v>
       </c>
       <c r="G848" s="1" t="s">
-        <v>3206</v>
+        <v>3207</v>
       </c>
       <c r="H848" t="s">
-        <v>3207</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>3208</v>
+        <v>3209</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="D849" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E849" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F849" t="s">
-        <v>878</v>
+        <v>3210</v>
       </c>
       <c r="G849" s="1" t="s">
-        <v>3209</v>
+        <v>3211</v>
       </c>
       <c r="H849" t="s">
-        <v>3210</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>3211</v>
+        <v>3213</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="D850" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E850" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F850" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G850" s="1" t="s">
-        <v>3212</v>
+        <v>3214</v>
       </c>
       <c r="H850" t="s">
-        <v>3213</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>3214</v>
+        <v>3216</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D851" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E851" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F851" t="s">
         <v>13</v>
       </c>
       <c r="G851" s="1" t="s">
-        <v>3215</v>
+        <v>3217</v>
       </c>
       <c r="H851" t="s">
-        <v>3216</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>3217</v>
+        <v>3219</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="D852" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E852" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F852" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G852" s="1" t="s">
-        <v>3218</v>
+        <v>3220</v>
       </c>
       <c r="H852" t="s">
-        <v>3219</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>3220</v>
+        <v>3222</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D853" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E853" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F853" t="s">
         <v>878</v>
       </c>
       <c r="G853" s="1" t="s">
-        <v>3221</v>
+        <v>3223</v>
       </c>
       <c r="H853" t="s">
-        <v>3222</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>3223</v>
+        <v>3225</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D854" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E854" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F854" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G854" s="1" t="s">
-        <v>3224</v>
+        <v>3226</v>
       </c>
       <c r="H854" t="s">
-        <v>3225</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>3226</v>
+        <v>3228</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="D855" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E855" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F855" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G855" s="1" t="s">
-        <v>3227</v>
+        <v>3229</v>
       </c>
       <c r="H855" t="s">
-        <v>3228</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>3229</v>
+        <v>3231</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="D856" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E856" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F856" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G856" s="1" t="s">
-        <v>428</v>
+        <v>3232</v>
       </c>
       <c r="H856" t="s">
-        <v>3230</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>3231</v>
+        <v>3234</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D857" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E857" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F857" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G857" s="1" t="s">
-        <v>3232</v>
+        <v>428</v>
       </c>
       <c r="H857" t="s">
-        <v>3233</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>3234</v>
+        <v>3236</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D858" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E858" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F858" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G858" s="1" t="s">
-        <v>3235</v>
+        <v>3237</v>
       </c>
       <c r="H858" t="s">
-        <v>3236</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>3237</v>
+        <v>3239</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D859" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E859" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F859" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G859" s="1" t="s">
-        <v>3238</v>
+        <v>3240</v>
       </c>
       <c r="H859" t="s">
-        <v>3239</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>3240</v>
+        <v>3242</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D860" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E860" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F860" t="s">
         <v>878</v>
       </c>
       <c r="G860" s="1" t="s">
-        <v>3241</v>
+        <v>3243</v>
       </c>
       <c r="H860" t="s">
-        <v>3171</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>3242</v>
+        <v>3245</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D861" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E861" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F861" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="G861" s="1" t="s">
-        <v>3243</v>
+        <v>3246</v>
       </c>
       <c r="H861" t="s">
-        <v>3244</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>3245</v>
+        <v>3247</v>
       </c>
       <c r="B862" t="s">
         <v>9</v>
       </c>
       <c r="C862" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D862" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E862" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F862" t="s">
-        <v>878</v>
+        <v>871</v>
       </c>
       <c r="G862" s="1" t="s">
-        <v>3246</v>
+        <v>3248</v>
       </c>
       <c r="H862" t="s">
-        <v>3247</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>3248</v>
+        <v>3250</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="D863" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E863" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F863" t="s">
-        <v>625</v>
+        <v>878</v>
       </c>
       <c r="G863" s="1" t="s">
-        <v>3249</v>
+        <v>3251</v>
       </c>
       <c r="H863" t="s">
-        <v>3250</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>3251</v>
+        <v>3253</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D864" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E864" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F864" t="s">
-        <v>13</v>
+        <v>625</v>
       </c>
       <c r="G864" s="1" t="s">
-        <v>3252</v>
+        <v>3254</v>
       </c>
       <c r="H864" t="s">
-        <v>3253</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>3254</v>
+        <v>3256</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="D865" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E865" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F865" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G865" s="1" t="s">
-        <v>3255</v>
+        <v>3257</v>
       </c>
       <c r="H865" t="s">
-        <v>3188</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>3256</v>
+        <v>3259</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D866" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E866" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F866" t="s">
-        <v>625</v>
+        <v>878</v>
       </c>
       <c r="G866" s="1" t="s">
-        <v>3257</v>
+        <v>3260</v>
       </c>
       <c r="H866" t="s">
-        <v>3258</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>3259</v>
+        <v>3261</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D867" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E867" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F867" t="s">
         <v>625</v>
       </c>
       <c r="G867" s="1" t="s">
-        <v>3260</v>
+        <v>3262</v>
       </c>
       <c r="H867" t="s">
-        <v>3261</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>3262</v>
+        <v>3264</v>
       </c>
       <c r="B868" t="s">
         <v>9</v>
       </c>
       <c r="C868" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D868" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E868" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F868" t="s">
-        <v>13</v>
+        <v>625</v>
       </c>
       <c r="G868" s="1" t="s">
-        <v>428</v>
+        <v>3265</v>
       </c>
       <c r="H868" t="s">
-        <v>3263</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>3264</v>
+        <v>3267</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D869" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E869" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F869" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G869" s="1" t="s">
-        <v>3265</v>
+        <v>428</v>
       </c>
       <c r="H869" t="s">
-        <v>3188</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>3266</v>
+        <v>3269</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D870" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E870" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F870" t="s">
-        <v>625</v>
+        <v>878</v>
       </c>
       <c r="G870" s="1" t="s">
-        <v>3267</v>
+        <v>3270</v>
       </c>
       <c r="H870" t="s">
-        <v>3268</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>3269</v>
+        <v>3271</v>
       </c>
       <c r="B871" t="s">
         <v>9</v>
       </c>
       <c r="C871" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D871" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E871" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F871" t="s">
-        <v>3205</v>
+        <v>625</v>
       </c>
       <c r="G871" s="1" t="s">
-        <v>3270</v>
+        <v>3272</v>
       </c>
       <c r="H871" t="s">
-        <v>3271</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>3272</v>
+        <v>3274</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D872" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E872" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F872" t="s">
-        <v>878</v>
+        <v>3210</v>
       </c>
       <c r="G872" s="1" t="s">
-        <v>3273</v>
+        <v>3275</v>
       </c>
       <c r="H872" t="s">
-        <v>3274</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>3275</v>
+        <v>3277</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D873" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E873" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F873" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G873" s="1" t="s">
-        <v>3276</v>
+        <v>3278</v>
       </c>
       <c r="H873" t="s">
-        <v>3277</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>3278</v>
+        <v>3280</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D874" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E874" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F874" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G874" s="1" t="s">
-        <v>428</v>
+        <v>3281</v>
       </c>
       <c r="H874" t="s">
-        <v>3279</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>3280</v>
+        <v>3283</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D875" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E875" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F875" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G875" s="1" t="s">
-        <v>3281</v>
+        <v>428</v>
       </c>
       <c r="H875" t="s">
-        <v>3282</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>3283</v>
+        <v>3285</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D876" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E876" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F876" t="s">
-        <v>878</v>
+        <v>13</v>
       </c>
       <c r="G876" s="1" t="s">
-        <v>3284</v>
+        <v>3286</v>
       </c>
       <c r="H876" t="s">
-        <v>3285</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>3286</v>
+        <v>3288</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D877" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E877" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F877" t="s">
-        <v>13</v>
+        <v>878</v>
       </c>
       <c r="G877" s="1" t="s">
-        <v>3287</v>
+        <v>3289</v>
       </c>
       <c r="H877" t="s">
-        <v>3288</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>3289</v>
+        <v>3291</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D878" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E878" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F878" t="s">
-        <v>3205</v>
+        <v>13</v>
       </c>
       <c r="G878" s="1" t="s">
-        <v>3290</v>
+        <v>3292</v>
       </c>
       <c r="H878" t="s">
-        <v>3291</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>3292</v>
+        <v>3294</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="D879" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="E879" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
       <c r="F879" t="s">
-        <v>878</v>
+        <v>3210</v>
       </c>
       <c r="G879" s="1" t="s">
-        <v>3293</v>
+        <v>3295</v>
       </c>
       <c r="H879" t="s">
-        <v>3294</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>3295</v>
+        <v>3297</v>
       </c>
       <c r="B880" t="s">
         <v>9</v>
       </c>
       <c r="C880" t="s">
+        <v>246</v>
+      </c>
+      <c r="D880" t="s">
+        <v>3173</v>
+      </c>
+      <c r="E880" t="s">
+        <v>3174</v>
+      </c>
+      <c r="F880" t="s">
+        <v>878</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>3298</v>
+      </c>
+      <c r="H880" t="s">
+        <v>3299</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881" t="s">
+        <v>3300</v>
+      </c>
+      <c r="B881" t="s">
+        <v>9</v>
+      </c>
+      <c r="C881" t="s">
         <v>250</v>
       </c>
-      <c r="D880" t="s">
-[...5 lines deleted...]
-      <c r="F880" t="s">
+      <c r="D881" t="s">
+        <v>3173</v>
+      </c>
+      <c r="E881" t="s">
+        <v>3174</v>
+      </c>
+      <c r="F881" t="s">
         <v>13</v>
       </c>
-      <c r="G880" s="1" t="s">
-[...3 lines deleted...]
-        <v>3297</v>
+      <c r="G881" s="1" t="s">
+        <v>3301</v>
+      </c>
+      <c r="H881" t="s">
+        <v>3302</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -34573,50 +34614,51 @@
     <hyperlink ref="G856" r:id="rId855"/>
     <hyperlink ref="G857" r:id="rId856"/>
     <hyperlink ref="G858" r:id="rId857"/>
     <hyperlink ref="G859" r:id="rId858"/>
     <hyperlink ref="G860" r:id="rId859"/>
     <hyperlink ref="G861" r:id="rId860"/>
     <hyperlink ref="G862" r:id="rId861"/>
     <hyperlink ref="G863" r:id="rId862"/>
     <hyperlink ref="G864" r:id="rId863"/>
     <hyperlink ref="G865" r:id="rId864"/>
     <hyperlink ref="G866" r:id="rId865"/>
     <hyperlink ref="G867" r:id="rId866"/>
     <hyperlink ref="G868" r:id="rId867"/>
     <hyperlink ref="G869" r:id="rId868"/>
     <hyperlink ref="G870" r:id="rId869"/>
     <hyperlink ref="G871" r:id="rId870"/>
     <hyperlink ref="G872" r:id="rId871"/>
     <hyperlink ref="G873" r:id="rId872"/>
     <hyperlink ref="G874" r:id="rId873"/>
     <hyperlink ref="G875" r:id="rId874"/>
     <hyperlink ref="G876" r:id="rId875"/>
     <hyperlink ref="G877" r:id="rId876"/>
     <hyperlink ref="G878" r:id="rId877"/>
     <hyperlink ref="G879" r:id="rId878"/>
     <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>